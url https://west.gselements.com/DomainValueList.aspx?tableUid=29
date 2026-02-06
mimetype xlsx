--- v0 (2025-11-10)
+++ v1 (2026-02-06)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="flId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="flId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="flId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fileVersion appName="xl" rupBuild="4506" lastEdited="4" lowestEdited="4"/>
   <workbookPr autoCompressPictures="0" checkCompatibility="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="480" yWindow="135" windowWidth="19980" windowHeight="12660"/>
   </bookViews>
   <sheets>
     <sheet name="Measurement Unit" sheetId="1" r:id="flId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1525" uniqueCount="1050">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1528" uniqueCount="1053">
   <si>
     <t>UID</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Last Change Date</t>
   </si>
   <si>
     <t>#/100gal</t>
   </si>
   <si>
     <t>Concentration Solution, Number per 100 gallons</t>
   </si>
   <si>
     <t>5/17/2023 5:47:51 PM</t>
   </si>
   <si>
     <t>#/100L</t>
   </si>
   <si>
@@ -2275,50 +2275,59 @@
   <si>
     <t>ng/m2</t>
   </si>
   <si>
     <t>Concentration Solution, Nanograms per square meter</t>
   </si>
   <si>
     <t>ng/m2/day</t>
   </si>
   <si>
     <t>()Viscosity, Nanograms per square meter per day</t>
   </si>
   <si>
     <t>ng/m3</t>
   </si>
   <si>
     <t>Density, Nanograms per cubic meter</t>
   </si>
   <si>
     <t>ng/mL</t>
   </si>
   <si>
     <t>()Density, Nanograms per milliliter</t>
   </si>
   <si>
+    <t>ng/uL</t>
+  </si>
+  <si>
+    <t>Density, Nanograms per microliter</t>
+  </si>
+  <si>
+    <t>11/13/2025 11:18:04 AM</t>
+  </si>
+  <si>
     <t>nm</t>
   </si>
   <si>
     <t>Length Distance, Nanometers</t>
   </si>
   <si>
     <t>nmi</t>
   </si>
   <si>
     <t>Length Distance, Nautical miles</t>
   </si>
   <si>
     <t>nmi2</t>
   </si>
   <si>
     <t>Area, Square nautical miles</t>
   </si>
   <si>
     <t>nmol/g DW/h</t>
   </si>
   <si>
     <t>()Viscosity, Nanomoles per gram dry weight per hour</t>
   </si>
   <si>
     <t>nmol/hr/g</t>
@@ -2458,51 +2467,51 @@
   <si>
     <t>()Picklist or Choicelist, Platinum Cobalt Units (color) - American Public Health Association Color Scale, APHA = Pt-Co = Hazen Color</t>
   </si>
   <si>
     <t>per cm</t>
   </si>
   <si>
     <t>Concentration Solution, Inverse centimeters or per centimeters or cm-1</t>
   </si>
   <si>
     <t>per day</t>
   </si>
   <si>
     <t>()Time, Inverse days or per day</t>
   </si>
   <si>
     <t>per m</t>
   </si>
   <si>
     <t>Inverse meter or per meter or m-1</t>
   </si>
   <si>
     <t>per mil</t>
   </si>
   <si>
-    <t>2/9/2021 5:49:03 PM</t>
+    <t>Concentration Percentage, Parts per thousand (per mille)</t>
   </si>
   <si>
     <t>per nm</t>
   </si>
   <si>
     <t>Inverse nanometers or per nanometers or nm-1</t>
   </si>
   <si>
     <t>pfu/100L</t>
   </si>
   <si>
     <t>()Concentration Solution, Plaque Forming Units per 100 liters</t>
   </si>
   <si>
     <t>pfu/100mL</t>
   </si>
   <si>
     <t>()Concentration Solution, Plaque Forming Units per 100 milliliters</t>
   </si>
   <si>
     <t>pfu/L</t>
   </si>
   <si>
     <t>()Concentration Solution, Plaque Forming Units per liter</t>
   </si>
@@ -3614,62 +3623,62 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:D508"/>
+  <dimension ref="A1:D509"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" topLeftCell="A1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="7.21875" customWidth="1"/>
     <col min="2" max="2" width="13.8515625" customWidth="1"/>
     <col min="3" max="3" width="175.078125" customWidth="1"/>
-    <col min="4" max="4" width="21.2734375" customWidth="1"/>
+    <col min="4" max="4" width="22.3828125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="12" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="4">
         <v>157</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>5</v>
@@ -8698,2089 +8707,2103 @@
         <v>751</v>
       </c>
       <c r="C361" s="4" t="s">
         <v>752</v>
       </c>
       <c r="D361" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="4">
         <v>280</v>
       </c>
       <c r="B362" s="4" t="s">
         <v>753</v>
       </c>
       <c r="C362" s="4" t="s">
         <v>754</v>
       </c>
       <c r="D362" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="4">
-        <v>133</v>
+        <v>100169</v>
       </c>
       <c r="B363" s="4" t="s">
         <v>755</v>
       </c>
       <c r="C363" s="4" t="s">
         <v>756</v>
       </c>
       <c r="D363" s="4" t="s">
-        <v>9</v>
+        <v>757</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="4">
-        <v>143</v>
+        <v>133</v>
       </c>
       <c r="B364" s="4" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C364" s="4" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="D364" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="4">
-        <v>250</v>
+        <v>143</v>
       </c>
       <c r="B365" s="4" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C365" s="4" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D365" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="4">
-        <v>268</v>
+        <v>250</v>
       </c>
       <c r="B366" s="4" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="C366" s="4" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D366" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="4">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="B367" s="4" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="C367" s="4" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="D367" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="4">
-        <v>163</v>
+        <v>271</v>
       </c>
       <c r="B368" s="4" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="C368" s="4" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="D368" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="4">
-        <v>100122</v>
+        <v>163</v>
       </c>
       <c r="B369" s="4" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="C369" s="4" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="D369" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="4">
-        <v>100005</v>
+        <v>100122</v>
       </c>
       <c r="B370" s="4" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="C370" s="4" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="D370" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="4">
-        <v>1</v>
+        <v>100005</v>
       </c>
       <c r="B371" s="4" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="C371" s="4" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="D371" s="4" t="s">
-        <v>288</v>
+        <v>12</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="4">
-        <v>95</v>
+        <v>1</v>
       </c>
       <c r="B372" s="4" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C372" s="4" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="D372" s="4" t="s">
-        <v>12</v>
+        <v>288</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="4">
-        <v>300</v>
+        <v>95</v>
       </c>
       <c r="B373" s="4" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="C373" s="4" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="D373" s="4" t="s">
-        <v>131</v>
+        <v>12</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="4">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B374" s="4" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="C374" s="4" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D374" s="4" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="4">
-        <v>103</v>
+        <v>299</v>
       </c>
       <c r="B375" s="4" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C375" s="4" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="D375" s="4" t="s">
-        <v>12</v>
+        <v>131</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="4">
-        <v>144</v>
+        <v>103</v>
       </c>
       <c r="B376" s="4" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="C376" s="4" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="D376" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="4">
-        <v>315</v>
+        <v>144</v>
       </c>
       <c r="B377" s="4" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="C377" s="4" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="D377" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="4">
-        <v>100006</v>
+        <v>315</v>
       </c>
       <c r="B378" s="4" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C378" s="4" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="D378" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="4">
-        <v>100023</v>
+        <v>100006</v>
       </c>
       <c r="B379" s="4" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="C379" s="4" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="D379" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="4">
-        <v>8</v>
+        <v>100023</v>
       </c>
       <c r="B380" s="4" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="C380" s="4" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="D380" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="4">
-        <v>58</v>
+        <v>8</v>
       </c>
       <c r="B381" s="4" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="C381" s="4" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="D381" s="4" t="s">
-        <v>126</v>
+        <v>9</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="4">
-        <v>100007</v>
+        <v>58</v>
       </c>
       <c r="B382" s="4" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="C382" s="4" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="D382" s="4" t="s">
-        <v>9</v>
+        <v>126</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="4">
-        <v>37</v>
+        <v>100007</v>
       </c>
       <c r="B383" s="4" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="C383" s="4" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="D383" s="4" t="s">
-        <v>75</v>
+        <v>9</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="4">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B384" s="4" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C384" s="4" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D384" s="4" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="4">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B385" s="4" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="C385" s="4" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="D385" s="4" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="4">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B386" s="4" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="C386" s="4" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="D386" s="4" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="4">
-        <v>155</v>
+        <v>38</v>
       </c>
       <c r="B387" s="4" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C387" s="4" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="D387" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="4">
-        <v>100041</v>
+        <v>155</v>
       </c>
       <c r="B388" s="4" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="C388" s="4" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="D388" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="4">
-        <v>33</v>
+        <v>100041</v>
       </c>
       <c r="B389" s="4" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="C389" s="4" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="D389" s="4" t="s">
-        <v>75</v>
+        <v>12</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="4">
-        <v>100167</v>
+        <v>33</v>
       </c>
       <c r="B390" s="4" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="C390" s="4" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="D390" s="4" t="s">
-        <v>170</v>
+        <v>75</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="4">
-        <v>100123</v>
+        <v>100167</v>
       </c>
       <c r="B391" s="4" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="C391" s="4" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="D391" s="4" t="s">
-        <v>12</v>
+        <v>170</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="4">
-        <v>42</v>
+        <v>100123</v>
       </c>
       <c r="B392" s="4" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="C392" s="4" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="D392" s="4" t="s">
-        <v>170</v>
+        <v>12</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="4">
-        <v>357</v>
+        <v>42</v>
       </c>
       <c r="B393" s="4" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="C393" s="4" t="s">
-        <v>90</v>
+        <v>817</v>
       </c>
       <c r="D393" s="4" t="s">
-        <v>816</v>
+        <v>170</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="4">
-        <v>100043</v>
+        <v>357</v>
       </c>
       <c r="B394" s="4" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="C394" s="4" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="D394" s="4" t="s">
-        <v>170</v>
+        <v>757</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="4">
-        <v>100124</v>
+        <v>100043</v>
       </c>
       <c r="B395" s="4" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="C395" s="4" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="D395" s="4" t="s">
-        <v>12</v>
+        <v>170</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="4">
-        <v>257</v>
+        <v>100124</v>
       </c>
       <c r="B396" s="4" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="C396" s="4" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="D396" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="4">
-        <v>100125</v>
+        <v>257</v>
       </c>
       <c r="B397" s="4" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="C397" s="4" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="D397" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="4">
-        <v>2</v>
+        <v>100125</v>
       </c>
       <c r="B398" s="4" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="C398" s="4" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="D398" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="4">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="B399" s="4" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="C399" s="4" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="D399" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="4">
-        <v>87</v>
+        <v>22</v>
       </c>
       <c r="B400" s="4" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="C400" s="4" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="D400" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="4">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="B401" s="4" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C401" s="4" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="D401" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="4">
-        <v>12</v>
+        <v>82</v>
       </c>
       <c r="B402" s="4" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="C402" s="4" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="D402" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="4">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="B403" s="4" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="C403" s="4" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="D403" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="4">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="B404" s="4" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="C404" s="4" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="D404" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="4">
-        <v>100153</v>
+        <v>16</v>
       </c>
       <c r="B405" s="4" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="C405" s="4" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="D405" s="4" t="s">
-        <v>185</v>
+        <v>9</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="4">
-        <v>350</v>
+        <v>100153</v>
       </c>
       <c r="B406" s="4" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="C406" s="4" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="D406" s="4" t="s">
-        <v>12</v>
+        <v>185</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="4">
-        <v>214</v>
+        <v>350</v>
       </c>
       <c r="B407" s="4" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="C407" s="4" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="D407" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="4">
-        <v>314</v>
+        <v>214</v>
       </c>
       <c r="B408" s="4" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="C408" s="4" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="D408" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="4">
-        <v>352</v>
+        <v>314</v>
       </c>
       <c r="B409" s="4" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="C409" s="4" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="D409" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="4">
-        <v>91</v>
+        <v>352</v>
       </c>
       <c r="B410" s="4" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="C410" s="4" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="D410" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="4">
-        <v>100028</v>
+        <v>91</v>
       </c>
       <c r="B411" s="4" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="C411" s="4" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="D411" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="4">
-        <v>92</v>
+        <v>100028</v>
       </c>
       <c r="B412" s="4" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="C412" s="4" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="D412" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="4">
-        <v>100029</v>
+        <v>92</v>
       </c>
       <c r="B413" s="4" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="C413" s="4" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="D413" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="4">
-        <v>261</v>
+        <v>100029</v>
       </c>
       <c r="B414" s="4" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="C414" s="4" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="D414" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="4">
-        <v>93</v>
+        <v>261</v>
       </c>
       <c r="B415" s="4" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="C415" s="4" t="s">
-        <v>90</v>
+        <v>861</v>
       </c>
       <c r="D415" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="4">
-        <v>100008</v>
+        <v>93</v>
       </c>
       <c r="B416" s="4" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="C416" s="4" t="s">
-        <v>861</v>
+        <v>819</v>
       </c>
       <c r="D416" s="4" t="s">
-        <v>12</v>
+        <v>757</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="4">
-        <v>226</v>
+        <v>100008</v>
       </c>
       <c r="B417" s="4" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="C417" s="4" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="D417" s="4" t="s">
-        <v>131</v>
+        <v>12</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="4">
-        <v>168</v>
+        <v>226</v>
       </c>
       <c r="B418" s="4" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="C418" s="4" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="D418" s="4" t="s">
-        <v>12</v>
+        <v>131</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="4">
-        <v>341</v>
+        <v>168</v>
       </c>
       <c r="B419" s="4" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="C419" s="4" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="D419" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="4">
-        <v>231</v>
+        <v>341</v>
       </c>
       <c r="B420" s="4" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="C420" s="4" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="D420" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="4">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="B421" s="4" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="C421" s="4" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="D421" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="4">
-        <v>100009</v>
+        <v>232</v>
       </c>
       <c r="B422" s="4" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="C422" s="4" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="D422" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="4">
-        <v>304</v>
+        <v>100009</v>
       </c>
       <c r="B423" s="4" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="C423" s="4" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="D423" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="4">
-        <v>360</v>
+        <v>304</v>
       </c>
       <c r="B424" s="4" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="C424" s="4" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D424" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="4">
-        <v>100098</v>
+        <v>360</v>
       </c>
       <c r="B425" s="4" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C425" s="4" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D425" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="4">
-        <v>100142</v>
+        <v>100098</v>
       </c>
       <c r="B426" s="4" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="C426" s="4" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="D426" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="4">
-        <v>165</v>
+        <v>100142</v>
       </c>
       <c r="B427" s="4" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="C427" s="4" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="D427" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="4">
-        <v>100099</v>
+        <v>165</v>
       </c>
       <c r="B428" s="4" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="C428" s="4" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="D428" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="4">
-        <v>100044</v>
+        <v>100099</v>
       </c>
       <c r="B429" s="4" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="C429" s="4" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="D429" s="4" t="s">
-        <v>888</v>
+        <v>12</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="4">
-        <v>112</v>
+        <v>100044</v>
       </c>
       <c r="B430" s="4" t="s">
         <v>889</v>
       </c>
       <c r="C430" s="4" t="s">
         <v>890</v>
       </c>
       <c r="D430" s="4" t="s">
-        <v>630</v>
+        <v>891</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="4">
-        <v>216</v>
+        <v>112</v>
       </c>
       <c r="B431" s="4" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="C431" s="4" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="D431" s="4" t="s">
-        <v>9</v>
+        <v>630</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="4">
-        <v>173</v>
+        <v>216</v>
       </c>
       <c r="B432" s="4" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="C432" s="4" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="D432" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="4">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B433" s="4" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="C433" s="4" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="D433" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="4">
-        <v>10</v>
+        <v>175</v>
       </c>
       <c r="B434" s="4" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C434" s="4" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="D434" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="4">
-        <v>159</v>
+        <v>10</v>
       </c>
       <c r="B435" s="4" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="C435" s="4" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="D435" s="4" t="s">
-        <v>901</v>
+        <v>9</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="4">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B436" s="4" t="s">
         <v>902</v>
       </c>
       <c r="C436" s="4" t="s">
         <v>903</v>
       </c>
       <c r="D436" s="4" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="4">
-        <v>100126</v>
+        <v>156</v>
       </c>
       <c r="B437" s="4" t="s">
+        <v>905</v>
+      </c>
+      <c r="C437" s="4" t="s">
+        <v>906</v>
+      </c>
+      <c r="D437" s="4" t="s">
         <v>904</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="4">
-        <v>100136</v>
+        <v>100126</v>
       </c>
       <c r="B438" s="4" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="C438" s="4" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="D438" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="4">
-        <v>100051</v>
+        <v>100136</v>
       </c>
       <c r="B439" s="4" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="C439" s="4" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="D439" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="4">
-        <v>100127</v>
+        <v>100051</v>
       </c>
       <c r="B440" s="4" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="C440" s="4" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="D440" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="4">
-        <v>57</v>
+        <v>100127</v>
       </c>
       <c r="B441" s="4" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="C441" s="4" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="D441" s="4" t="s">
-        <v>126</v>
+        <v>12</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="4">
-        <v>100038</v>
+        <v>57</v>
       </c>
       <c r="B442" s="4" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="C442" s="4" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="D442" s="4" t="s">
-        <v>12</v>
+        <v>126</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="4">
-        <v>100039</v>
+        <v>100038</v>
       </c>
       <c r="B443" s="4" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="C443" s="4" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="D443" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="4">
-        <v>171</v>
+        <v>100039</v>
       </c>
       <c r="B444" s="4" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C444" s="4" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="D444" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="4">
-        <v>267</v>
+        <v>171</v>
       </c>
       <c r="B445" s="4" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="C445" s="4" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="D445" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="4">
-        <v>100045</v>
+        <v>267</v>
       </c>
       <c r="B446" s="4" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="C446" s="4" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="D446" s="4" t="s">
-        <v>467</v>
+        <v>12</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="4">
-        <v>100128</v>
+        <v>100045</v>
       </c>
       <c r="B447" s="4" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="C447" s="4" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="D447" s="4" t="s">
-        <v>12</v>
+        <v>467</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="4">
-        <v>100016</v>
+        <v>100128</v>
       </c>
       <c r="B448" s="4" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="C448" s="4" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="D448" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="4">
-        <v>109</v>
+        <v>100016</v>
       </c>
       <c r="B449" s="4" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="C449" s="4" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="D449" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="4">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="B450" s="4" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="C450" s="4" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="D450" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="4">
-        <v>4</v>
+        <v>29</v>
       </c>
       <c r="B451" s="4" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="C451" s="4" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D451" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="4">
-        <v>100030</v>
+        <v>4</v>
       </c>
       <c r="B452" s="4" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="C452" s="4" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="D452" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="4">
-        <v>291</v>
+        <v>100030</v>
       </c>
       <c r="B453" s="4" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C453" s="4" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="D453" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="4">
-        <v>306</v>
+        <v>291</v>
       </c>
       <c r="B454" s="4" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="C454" s="4" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="D454" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="4">
-        <v>100145</v>
+        <v>306</v>
       </c>
       <c r="B455" s="4" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="C455" s="4" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="D455" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="4">
-        <v>160</v>
+        <v>100145</v>
       </c>
       <c r="B456" s="4" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="C456" s="4" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="D456" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="4">
-        <v>24</v>
+        <v>160</v>
       </c>
       <c r="B457" s="4" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="C457" s="4" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D457" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="4">
-        <v>100063</v>
+        <v>24</v>
       </c>
       <c r="B458" s="4" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="C458" s="4" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="D458" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="4">
-        <v>100064</v>
+        <v>100063</v>
       </c>
       <c r="B459" s="4" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="C459" s="4" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="D459" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="4">
-        <v>89</v>
+        <v>100064</v>
       </c>
       <c r="B460" s="4" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="C460" s="4" t="s">
         <v>950</v>
       </c>
       <c r="D460" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="4">
-        <v>269</v>
+        <v>89</v>
       </c>
       <c r="B461" s="4" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="C461" s="4" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="D461" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="4">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="B462" s="4" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="C462" s="4" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="D462" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="4">
-        <v>84</v>
+        <v>275</v>
       </c>
       <c r="B463" s="4" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="C463" s="4" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="D463" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="4">
-        <v>14</v>
+        <v>84</v>
       </c>
       <c r="B464" s="4" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="C464" s="4" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="D464" s="4" t="s">
-        <v>75</v>
+        <v>12</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="4">
-        <v>78</v>
+        <v>14</v>
       </c>
       <c r="B465" s="4" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="C465" s="4" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="D465" s="4" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="4">
-        <v>348</v>
+        <v>78</v>
       </c>
       <c r="B466" s="4" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="C466" s="4" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="D466" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="4">
-        <v>18</v>
+        <v>348</v>
       </c>
       <c r="B467" s="4" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="C467" s="4" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="D467" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="4">
-        <v>100013</v>
+        <v>18</v>
       </c>
       <c r="B468" s="4" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="C468" s="4" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="D468" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="4">
-        <v>100024</v>
+        <v>100013</v>
       </c>
       <c r="B469" s="4" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="C469" s="4" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="D469" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="4">
-        <v>100025</v>
+        <v>100024</v>
       </c>
       <c r="B470" s="4" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="C470" s="4" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="D470" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="4">
-        <v>100026</v>
+        <v>100025</v>
       </c>
       <c r="B471" s="4" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="C471" s="4" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="D471" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="4">
-        <v>100130</v>
+        <v>100026</v>
       </c>
       <c r="B472" s="4" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="C472" s="4" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="D472" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="4">
-        <v>100027</v>
+        <v>100130</v>
       </c>
       <c r="B473" s="4" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="C473" s="4" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="D473" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="4">
-        <v>100010</v>
+        <v>100027</v>
       </c>
       <c r="B474" s="4" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="C474" s="4" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="D474" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="4">
-        <v>100131</v>
+        <v>100010</v>
       </c>
       <c r="B475" s="4" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="C475" s="4" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="D475" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="4">
-        <v>100146</v>
+        <v>100131</v>
       </c>
       <c r="B476" s="4" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="C476" s="4" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="D476" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="4">
-        <v>100011</v>
+        <v>100146</v>
       </c>
       <c r="B477" s="4" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="C477" s="4" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="D477" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="4">
-        <v>100014</v>
+        <v>100011</v>
       </c>
       <c r="B478" s="4" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="C478" s="4" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="D478" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="4">
-        <v>272</v>
+        <v>100014</v>
       </c>
       <c r="B479" s="4" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="C479" s="4" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="D479" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="4">
-        <v>174</v>
+        <v>272</v>
       </c>
       <c r="B480" s="4" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="C480" s="4" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="D480" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="4">
-        <v>273</v>
+        <v>174</v>
       </c>
       <c r="B481" s="4" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="C481" s="4" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="D481" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="4">
-        <v>310</v>
+        <v>273</v>
       </c>
       <c r="B482" s="4" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="C482" s="4" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="D482" s="4" t="s">
-        <v>288</v>
+        <v>9</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="4">
-        <v>60</v>
+        <v>310</v>
       </c>
       <c r="B483" s="4" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="C483" s="4" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="D483" s="4" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="4">
-        <v>169</v>
+        <v>60</v>
       </c>
       <c r="B484" s="4" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="C484" s="4" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="D484" s="4" t="s">
-        <v>12</v>
+        <v>288</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="4">
-        <v>264</v>
+        <v>169</v>
       </c>
       <c r="B485" s="4" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="C485" s="4" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="D485" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="4">
-        <v>330</v>
+        <v>264</v>
       </c>
       <c r="B486" s="4" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="C486" s="4" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="D486" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="4">
-        <v>318</v>
+        <v>330</v>
       </c>
       <c r="B487" s="4" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="C487" s="4" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D487" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="4">
-        <v>170</v>
+        <v>318</v>
       </c>
       <c r="B488" s="4" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="C488" s="4" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="D488" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="4">
-        <v>100132</v>
+        <v>170</v>
       </c>
       <c r="B489" s="4" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="C489" s="4" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="D489" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="4">
-        <v>167</v>
+        <v>100132</v>
       </c>
       <c r="B490" s="4" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="C490" s="4" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="D490" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="4">
-        <v>254</v>
+        <v>167</v>
       </c>
       <c r="B491" s="4" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="C491" s="4" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="D491" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="4">
-        <v>100056</v>
+        <v>254</v>
       </c>
       <c r="B492" s="4" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="C492" s="4" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="D492" s="4" t="s">
-        <v>1015</v>
+        <v>12</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="4">
-        <v>100129</v>
+        <v>100056</v>
       </c>
       <c r="B493" s="4" t="s">
         <v>1016</v>
       </c>
       <c r="C493" s="4" t="s">
         <v>1017</v>
       </c>
       <c r="D493" s="4" t="s">
-        <v>12</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="4">
-        <v>100163</v>
+        <v>100129</v>
       </c>
       <c r="B494" s="4" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="C494" s="4" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="D494" s="4" t="s">
-        <v>1020</v>
+        <v>12</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="4">
-        <v>31</v>
+        <v>100163</v>
       </c>
       <c r="B495" s="4" t="s">
         <v>1021</v>
       </c>
       <c r="C495" s="4" t="s">
         <v>1022</v>
       </c>
       <c r="D495" s="4" t="s">
-        <v>75</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="4">
-        <v>100072</v>
+        <v>31</v>
       </c>
       <c r="B496" s="4" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="C496" s="4" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="D496" s="4" t="s">
-        <v>1025</v>
+        <v>75</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="4">
-        <v>334</v>
+        <v>100072</v>
       </c>
       <c r="B497" s="4" t="s">
         <v>1026</v>
       </c>
       <c r="C497" s="4" t="s">
         <v>1027</v>
       </c>
       <c r="D497" s="4" t="s">
-        <v>12</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="4">
-        <v>61</v>
+        <v>334</v>
       </c>
       <c r="B498" s="4" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="C498" s="4" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="D498" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="4">
-        <v>100143</v>
+        <v>61</v>
       </c>
       <c r="B499" s="4" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="C499" s="4" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="D499" s="4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="4">
-        <v>63</v>
+        <v>100143</v>
       </c>
       <c r="B500" s="4" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="C500" s="4" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="D500" s="4" t="s">
-        <v>126</v>
+        <v>12</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="4">
-        <v>220</v>
+        <v>63</v>
       </c>
       <c r="B501" s="4" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="C501" s="4" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="D501" s="4" t="s">
-        <v>9</v>
+        <v>126</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="4">
-        <v>287</v>
+        <v>220</v>
       </c>
       <c r="B502" s="4" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="C502" s="4" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="D502" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="4">
-        <v>141</v>
+        <v>287</v>
       </c>
       <c r="B503" s="4" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="C503" s="4" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="D503" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="4">
-        <v>243</v>
+        <v>141</v>
       </c>
       <c r="B504" s="4" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="C504" s="4" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="D504" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="4">
-        <v>230</v>
+        <v>243</v>
       </c>
       <c r="B505" s="4" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="C505" s="4" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="D505" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="4">
-        <v>222</v>
+        <v>230</v>
       </c>
       <c r="B506" s="4" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="C506" s="4" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="D506" s="4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="4">
-        <v>100133</v>
+        <v>222</v>
       </c>
       <c r="B507" s="4" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="C507" s="4" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="D507" s="4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="4">
+        <v>100133</v>
+      </c>
+      <c r="B508" s="4" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C508" s="4" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D508" s="4" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="509">
+      <c r="A509" s="4">
         <v>100134</v>
       </c>
-      <c r="B508" s="4" t="s">
-[...5 lines deleted...]
-      <c r="D508" s="4" t="s">
+      <c r="B509" s="4" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C509" s="4" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D509" s="4" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <pageSetup usePrinterDefaults="0"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>FlexCel Studio for .NET</Application>
   <DocSecurity>0</DocSecurity>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">