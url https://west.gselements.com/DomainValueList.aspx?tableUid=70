--- v0 (2025-11-10)
+++ v1 (2026-02-06)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="flId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="flId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="flId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fileVersion appName="xl" rupBuild="4506" lastEdited="4" lowestEdited="4"/>
   <workbookPr autoCompressPictures="0" checkCompatibility="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="480" yWindow="135" windowWidth="19980" windowHeight="12660"/>
   </bookViews>
   <sheets>
     <sheet name="Sample Collection Method" sheetId="1" r:id="flId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4014" uniqueCount="1875">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4026" uniqueCount="1882">
   <si>
     <t>UID</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Context</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Last Change Date</t>
   </si>
   <si>
     <t>Organization ID</t>
   </si>
   <si>
     <t>Qualifier Type</t>
   </si>
   <si>
@@ -5620,50 +5620,71 @@
     <t>Sediment composite sample of freshwater stream bottom from a minimum of two grabs placed in lab-provided, prelabeled, wide-mouth glass jar.</t>
   </si>
   <si>
     <t>6/13/2023 11:10:33 AM</t>
   </si>
   <si>
     <t>WQSAR 018</t>
   </si>
   <si>
     <t>Specific Conductivity, Water Temperature</t>
   </si>
   <si>
     <t>Specific conductivity and water temperature taken at site with a handheld digital thermometer (HANNA or YSI).</t>
   </si>
   <si>
     <t>2/9/2024 4:38:42 PM</t>
   </si>
   <si>
     <t>WQSAR 019</t>
   </si>
   <si>
     <t>Sediment collected from 1 site with 5 transects upstream/downstream every 15 m, and total river/stream length reach of 150 m (total 11 samples). Homogenized and placed in laboratory sample container.</t>
   </si>
   <si>
     <t>10/9/2024 10:20:35 AM</t>
+  </si>
+  <si>
+    <t>WQSAR 020</t>
+  </si>
+  <si>
+    <t>Estuarine Water Sample Collection</t>
+  </si>
+  <si>
+    <t>Water chemistry collected from a continuous flow pump at 0.5m depth. Sampling equipment rinsed 3 times. Collection bottles filled to shoulder.</t>
+  </si>
+  <si>
+    <t>12/15/2025 1:52:21 PM</t>
+  </si>
+  <si>
+    <t>WQSAR 022</t>
+  </si>
+  <si>
+    <t>Sample collected using standard scientific protocols (ex. EPA NARS methods).</t>
+  </si>
+  <si>
+    <t>1/7/2026 11:32:04 AM</t>
   </si>
   <si>
     <t>WSWB-1</t>
   </si>
   <si>
     <t>CSKT Grab Sample</t>
   </si>
   <si>
     <t>CSKT Grab Sampling Methods</t>
   </si>
   <si>
     <t>11/2/2022 9:38:54 AM</t>
   </si>
   <si>
     <t>WY-GS</t>
   </si>
   <si>
     <t>2/1/2011 9:37:48 AM</t>
   </si>
   <si>
     <t>YSI Meter</t>
   </si>
   <si>
     <t>ZOOPLANKTON-VERTICAL</t>
   </si>
@@ -6106,51 +6127,51 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H729"/>
+  <dimension ref="A1:H731"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" topLeftCell="A1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="7.21875" customWidth="1"/>
     <col min="2" max="2" width="35.54296875" customWidth="1"/>
     <col min="3" max="3" width="40.84375" customWidth="1"/>
     <col min="4" max="4" width="112.4453125" customWidth="1"/>
     <col min="5" max="5" width="255" customWidth="1"/>
     <col min="6" max="6" width="22.3828125" customWidth="1"/>
     <col min="7" max="7" width="40.84375" customWidth="1"/>
     <col min="8" max="8" width="17.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="12" t="s">
@@ -22808,139 +22829,187 @@
       <c r="A725" s="4">
         <v>102289</v>
       </c>
       <c r="B725" s="4" t="s">
         <v>1862</v>
       </c>
       <c r="C725" s="4" t="s">
         <v>262</v>
       </c>
       <c r="D725" s="4" t="s">
         <v>1849</v>
       </c>
       <c r="E725" s="4" t="s">
         <v>1863</v>
       </c>
       <c r="F725" s="4" t="s">
         <v>1864</v>
       </c>
       <c r="G725" s="4" t="s">
         <v>262</v>
       </c>
       <c r="H725" s="4"/>
     </row>
     <row r="726">
       <c r="A726" s="4">
-        <v>100004</v>
+        <v>102303</v>
       </c>
       <c r="B726" s="4" t="s">
         <v>1865</v>
       </c>
       <c r="C726" s="4" t="s">
-        <v>567</v>
+        <v>262</v>
       </c>
       <c r="D726" s="4" t="s">
         <v>1866</v>
       </c>
       <c r="E726" s="4" t="s">
         <v>1867</v>
       </c>
       <c r="F726" s="4" t="s">
         <v>1868</v>
       </c>
       <c r="G726" s="4" t="s">
-        <v>567</v>
+        <v>262</v>
       </c>
       <c r="H726" s="4"/>
     </row>
     <row r="727">
       <c r="A727" s="4">
-        <v>100182</v>
+        <v>102305</v>
       </c>
       <c r="B727" s="4" t="s">
         <v>1869</v>
       </c>
       <c r="C727" s="4" t="s">
-        <v>595</v>
+        <v>262</v>
       </c>
       <c r="D727" s="4" t="s">
-        <v>1869</v>
-[...1 lines deleted...]
-      <c r="E727" s="4"/>
+        <v>254</v>
+      </c>
+      <c r="E727" s="4" t="s">
+        <v>1870</v>
+      </c>
       <c r="F727" s="4" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="G727" s="4" t="s">
-        <v>595</v>
+        <v>262</v>
       </c>
       <c r="H727" s="4"/>
     </row>
     <row r="728">
       <c r="A728" s="4">
-        <v>102253</v>
+        <v>100004</v>
       </c>
       <c r="B728" s="4" t="s">
-        <v>1871</v>
+        <v>1872</v>
       </c>
       <c r="C728" s="4" t="s">
-        <v>577</v>
+        <v>567</v>
       </c>
       <c r="D728" s="4" t="s">
-        <v>1871</v>
-[...1 lines deleted...]
-      <c r="E728" s="4"/>
+        <v>1873</v>
+      </c>
+      <c r="E728" s="4" t="s">
+        <v>1874</v>
+      </c>
       <c r="F728" s="4" t="s">
-        <v>1145</v>
+        <v>1875</v>
       </c>
       <c r="G728" s="4" t="s">
-        <v>577</v>
-[...3 lines deleted...]
-      </c>
+        <v>567</v>
+      </c>
+      <c r="H728" s="4"/>
     </row>
     <row r="729">
       <c r="A729" s="4">
-        <v>100793</v>
+        <v>100182</v>
       </c>
       <c r="B729" s="4" t="s">
-        <v>1872</v>
+        <v>1876</v>
       </c>
       <c r="C729" s="4" t="s">
-        <v>383</v>
+        <v>595</v>
       </c>
       <c r="D729" s="4" t="s">
-        <v>1873</v>
+        <v>1876</v>
       </c>
       <c r="E729" s="4"/>
       <c r="F729" s="4" t="s">
-        <v>1874</v>
+        <v>1877</v>
       </c>
       <c r="G729" s="4" t="s">
+        <v>595</v>
+      </c>
+      <c r="H729" s="4"/>
+    </row>
+    <row r="730">
+      <c r="A730" s="4">
+        <v>102253</v>
+      </c>
+      <c r="B730" s="4" t="s">
+        <v>1878</v>
+      </c>
+      <c r="C730" s="4" t="s">
+        <v>577</v>
+      </c>
+      <c r="D730" s="4" t="s">
+        <v>1878</v>
+      </c>
+      <c r="E730" s="4"/>
+      <c r="F730" s="4" t="s">
+        <v>1145</v>
+      </c>
+      <c r="G730" s="4" t="s">
+        <v>577</v>
+      </c>
+      <c r="H730" s="4" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="731">
+      <c r="A731" s="4">
+        <v>100793</v>
+      </c>
+      <c r="B731" s="4" t="s">
+        <v>1879</v>
+      </c>
+      <c r="C731" s="4" t="s">
+        <v>383</v>
+      </c>
+      <c r="D731" s="4" t="s">
+        <v>1880</v>
+      </c>
+      <c r="E731" s="4"/>
+      <c r="F731" s="4" t="s">
+        <v>1881</v>
+      </c>
+      <c r="G731" s="4" t="s">
         <v>364</v>
       </c>
-      <c r="H729" s="4"/>
+      <c r="H731" s="4"/>
     </row>
   </sheetData>
   <pageSetup usePrinterDefaults="0"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>FlexCel Studio for .NET</Application>
   <DocSecurity>0</DocSecurity>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>Sample Collection Method</vt:lpstr>
     </vt:vector>