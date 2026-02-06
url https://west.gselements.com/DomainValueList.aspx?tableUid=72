--- v0 (2025-11-10)
+++ v1 (2026-02-06)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="flId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="flId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="flId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fileVersion appName="xl" rupBuild="4506" lastEdited="4" lowestEdited="4"/>
   <workbookPr autoCompressPictures="0" checkCompatibility="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="480" yWindow="135" windowWidth="19980" windowHeight="12660"/>
   </bookViews>
   <sheets>
     <sheet name="Lab Sample Preparation Method" sheetId="1" r:id="flId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2694" uniqueCount="1038">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2700" uniqueCount="1039">
   <si>
     <t>UID</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Context</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Last Change Date</t>
   </si>
   <si>
     <t>Organization ID</t>
   </si>
   <si>
     <t>Qualifier Type</t>
   </si>
   <si>
@@ -2449,50 +2449,53 @@
     <t>Method 04-23</t>
   </si>
   <si>
     <t>Method 0424</t>
   </si>
   <si>
     <t>Method Specific Preparation</t>
   </si>
   <si>
     <t>Microbiology Prep SD</t>
   </si>
   <si>
     <t>MST</t>
   </si>
   <si>
     <t>AKDECWQ</t>
   </si>
   <si>
     <t>MST Preparation</t>
   </si>
   <si>
     <t>The Cycle Threshold (Ct) is the number of cycles used to reproduce the target DNA to a detectable level. Ct &lt; 30 = high target abundance; 35 &lt; Ct &gt; 30 = moderate abundance; Ct &gt; 35 = low abundance, near detection limit</t>
   </si>
   <si>
     <t>10/2/2025 4:12:22 PM</t>
+  </si>
+  <si>
+    <t>12/23/2025 11:42:58 AM</t>
   </si>
   <si>
     <t>MULTIPROBE</t>
   </si>
   <si>
     <t>MULTIPROBE: may include Quanta, YSI or other modern multi-parameter probes. Maintained and calibrated per manufacturer's instructions.</t>
   </si>
   <si>
     <t>4/12/2015 3:52:24 PM</t>
   </si>
   <si>
     <t>MVTL</t>
   </si>
   <si>
     <t>TURTLEMT</t>
   </si>
   <si>
     <t>MVTL Labs</t>
   </si>
   <si>
     <t>4/11/2019 12:17:52 PM</t>
   </si>
   <si>
     <t>Nitrate/Nitrite as N</t>
   </si>
@@ -3586,51 +3589,51 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H466"/>
+  <dimension ref="A1:H467"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" topLeftCell="A1" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="7.21875" customWidth="1"/>
     <col min="2" max="2" width="33.765625" customWidth="1"/>
     <col min="3" max="3" width="32.8828125" customWidth="1"/>
     <col min="4" max="4" width="78.5859375" customWidth="1"/>
     <col min="5" max="5" width="255" customWidth="1"/>
     <col min="6" max="6" width="22.3828125" customWidth="1"/>
     <col min="7" max="7" width="19.9296875" customWidth="1"/>
     <col min="8" max="8" width="17.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="12" t="s">
@@ -11948,2683 +11951,2707 @@
       <c r="A353" s="4">
         <v>101523</v>
       </c>
       <c r="B353" s="4" t="s">
         <v>806</v>
       </c>
       <c r="C353" s="4" t="s">
         <v>807</v>
       </c>
       <c r="D353" s="4" t="s">
         <v>808</v>
       </c>
       <c r="E353" s="4" t="s">
         <v>809</v>
       </c>
       <c r="F353" s="4" t="s">
         <v>810</v>
       </c>
       <c r="G353" s="4" t="s">
         <v>807</v>
       </c>
       <c r="H353" s="4"/>
     </row>
     <row r="354">
       <c r="A354" s="4">
-        <v>100173</v>
+        <v>101544</v>
       </c>
       <c r="B354" s="4" t="s">
+        <v>806</v>
+      </c>
+      <c r="C354" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="D354" s="4" t="s">
+        <v>808</v>
+      </c>
+      <c r="E354" s="4" t="s">
+        <v>809</v>
+      </c>
+      <c r="F354" s="4" t="s">
         <v>811</v>
       </c>
-      <c r="C354" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G354" s="4" t="s">
-        <v>700</v>
+        <v>207</v>
       </c>
       <c r="H354" s="4"/>
     </row>
     <row r="355">
       <c r="A355" s="4">
-        <v>100399</v>
+        <v>100173</v>
       </c>
       <c r="B355" s="4" t="s">
+        <v>812</v>
+      </c>
+      <c r="C355" s="4" t="s">
+        <v>700</v>
+      </c>
+      <c r="D355" s="4" t="s">
+        <v>812</v>
+      </c>
+      <c r="E355" s="4" t="s">
+        <v>813</v>
+      </c>
+      <c r="F355" s="4" t="s">
         <v>814</v>
       </c>
-      <c r="C355" s="4" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="G355" s="4" t="s">
-        <v>815</v>
+        <v>700</v>
       </c>
       <c r="H355" s="4"/>
     </row>
     <row r="356">
       <c r="A356" s="4">
-        <v>100232</v>
+        <v>100399</v>
       </c>
       <c r="B356" s="4" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="C356" s="4" t="s">
-        <v>818</v>
+        <v>816</v>
       </c>
       <c r="D356" s="4" t="s">
-        <v>818</v>
+        <v>817</v>
       </c>
       <c r="E356" s="4"/>
       <c r="F356" s="4" t="s">
-        <v>819</v>
+        <v>818</v>
       </c>
       <c r="G356" s="4" t="s">
-        <v>679</v>
+        <v>816</v>
       </c>
       <c r="H356" s="4"/>
     </row>
     <row r="357">
       <c r="A357" s="4">
-        <v>100233</v>
+        <v>100232</v>
       </c>
       <c r="B357" s="4" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C357" s="4" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="D357" s="4" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="E357" s="4"/>
       <c r="F357" s="4" t="s">
-        <v>821</v>
+        <v>820</v>
       </c>
       <c r="G357" s="4" t="s">
         <v>679</v>
       </c>
       <c r="H357" s="4"/>
     </row>
     <row r="358">
       <c r="A358" s="4">
-        <v>100174</v>
+        <v>100233</v>
       </c>
       <c r="B358" s="4" t="s">
+        <v>821</v>
+      </c>
+      <c r="C358" s="4" t="s">
+        <v>821</v>
+      </c>
+      <c r="D358" s="4" t="s">
+        <v>821</v>
+      </c>
+      <c r="E358" s="4"/>
+      <c r="F358" s="4" t="s">
         <v>822</v>
       </c>
-      <c r="C358" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G358" s="4" t="s">
-        <v>700</v>
+        <v>679</v>
       </c>
       <c r="H358" s="4"/>
     </row>
     <row r="359">
       <c r="A359" s="4">
-        <v>100165</v>
+        <v>100174</v>
       </c>
       <c r="B359" s="4" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="C359" s="4" t="s">
+        <v>700</v>
+      </c>
+      <c r="D359" s="4" t="s">
+        <v>824</v>
+      </c>
+      <c r="E359" s="4" t="s">
+        <v>825</v>
+      </c>
+      <c r="F359" s="4" t="s">
         <v>826</v>
       </c>
-      <c r="D359" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G359" s="4" t="s">
-        <v>597</v>
+        <v>700</v>
       </c>
       <c r="H359" s="4"/>
     </row>
     <row r="360">
       <c r="A360" s="4">
-        <v>100015</v>
+        <v>100165</v>
       </c>
       <c r="B360" s="4" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="C360" s="4" t="s">
-        <v>59</v>
+        <v>827</v>
       </c>
       <c r="D360" s="4" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="E360" s="4" t="s">
+        <v>828</v>
+      </c>
+      <c r="F360" s="4" t="s">
         <v>829</v>
       </c>
-      <c r="F360" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G360" s="4" t="s">
-        <v>59</v>
+        <v>597</v>
       </c>
       <c r="H360" s="4"/>
     </row>
     <row r="361">
       <c r="A361" s="4">
-        <v>100057</v>
+        <v>100015</v>
       </c>
       <c r="B361" s="4" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="C361" s="4" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D361" s="4" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="E361" s="4" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="F361" s="4" t="s">
         <v>831</v>
       </c>
       <c r="G361" s="4" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="H361" s="4"/>
     </row>
     <row r="362">
       <c r="A362" s="4">
-        <v>100017</v>
+        <v>100057</v>
       </c>
       <c r="B362" s="4" t="s">
+        <v>823</v>
+      </c>
+      <c r="C362" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="D362" s="4" t="s">
+        <v>823</v>
+      </c>
+      <c r="E362" s="4" t="s">
+        <v>823</v>
+      </c>
+      <c r="F362" s="4" t="s">
         <v>832</v>
       </c>
-      <c r="C362" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G362" s="4" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="H362" s="4"/>
     </row>
     <row r="363">
       <c r="A363" s="4">
-        <v>100026</v>
+        <v>100017</v>
       </c>
       <c r="B363" s="4" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="C363" s="4" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D363" s="4" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="E363" s="4" t="s">
+        <v>834</v>
+      </c>
+      <c r="F363" s="4" t="s">
         <v>835</v>
       </c>
-      <c r="F363" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G363" s="4" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="H363" s="4"/>
     </row>
     <row r="364">
       <c r="A364" s="4">
-        <v>100038</v>
+        <v>100026</v>
       </c>
       <c r="B364" s="4" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="C364" s="4" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="D364" s="4" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="E364" s="4" t="s">
+        <v>836</v>
+      </c>
+      <c r="F364" s="4" t="s">
         <v>837</v>
       </c>
-      <c r="F364" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G364" s="4" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="H364" s="4"/>
     </row>
     <row r="365">
       <c r="A365" s="4">
-        <v>100105</v>
+        <v>100038</v>
       </c>
       <c r="B365" s="4" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="C365" s="4" t="s">
-        <v>329</v>
+        <v>22</v>
       </c>
       <c r="D365" s="4" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="E365" s="4" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
       <c r="F365" s="4" t="s">
         <v>839</v>
       </c>
       <c r="G365" s="4" t="s">
-        <v>329</v>
+        <v>22</v>
       </c>
       <c r="H365" s="4"/>
     </row>
     <row r="366">
       <c r="A366" s="4">
-        <v>100092</v>
+        <v>100105</v>
       </c>
       <c r="B366" s="4" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="C366" s="4" t="s">
-        <v>363</v>
+        <v>329</v>
       </c>
       <c r="D366" s="4" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="E366" s="4" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="F366" s="4" t="s">
         <v>840</v>
       </c>
       <c r="G366" s="4" t="s">
-        <v>363</v>
+        <v>329</v>
       </c>
       <c r="H366" s="4"/>
     </row>
     <row r="367">
       <c r="A367" s="4">
-        <v>100100</v>
+        <v>100092</v>
       </c>
       <c r="B367" s="4" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="C367" s="4" t="s">
-        <v>479</v>
+        <v>363</v>
       </c>
       <c r="D367" s="4" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="E367" s="4" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="F367" s="4" t="s">
         <v>841</v>
       </c>
       <c r="G367" s="4" t="s">
-        <v>481</v>
+        <v>363</v>
       </c>
       <c r="H367" s="4"/>
     </row>
     <row r="368">
       <c r="A368" s="4">
-        <v>100311</v>
+        <v>100100</v>
       </c>
       <c r="B368" s="4" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="C368" s="4" t="s">
-        <v>447</v>
+        <v>479</v>
       </c>
       <c r="D368" s="4" t="s">
-        <v>832</v>
-[...1 lines deleted...]
-      <c r="E368" s="4"/>
+        <v>833</v>
+      </c>
+      <c r="E368" s="4" t="s">
+        <v>833</v>
+      </c>
       <c r="F368" s="4" t="s">
-        <v>677</v>
+        <v>842</v>
       </c>
       <c r="G368" s="4" t="s">
-        <v>447</v>
+        <v>481</v>
       </c>
       <c r="H368" s="4"/>
     </row>
     <row r="369">
       <c r="A369" s="4">
-        <v>100271</v>
+        <v>100311</v>
       </c>
       <c r="B369" s="4" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="C369" s="4" t="s">
-        <v>832</v>
+        <v>447</v>
       </c>
       <c r="D369" s="4" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="E369" s="4"/>
       <c r="F369" s="4" t="s">
-        <v>842</v>
+        <v>677</v>
       </c>
       <c r="G369" s="4" t="s">
-        <v>679</v>
+        <v>447</v>
       </c>
       <c r="H369" s="4"/>
     </row>
     <row r="370">
       <c r="A370" s="4">
-        <v>100162</v>
+        <v>100271</v>
       </c>
       <c r="B370" s="4" t="s">
+        <v>833</v>
+      </c>
+      <c r="C370" s="4" t="s">
+        <v>833</v>
+      </c>
+      <c r="D370" s="4" t="s">
+        <v>833</v>
+      </c>
+      <c r="E370" s="4"/>
+      <c r="F370" s="4" t="s">
         <v>843</v>
       </c>
-      <c r="C370" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G370" s="4" t="s">
-        <v>223</v>
+        <v>679</v>
       </c>
       <c r="H370" s="4"/>
     </row>
     <row r="371">
       <c r="A371" s="4">
-        <v>100225</v>
+        <v>100162</v>
       </c>
       <c r="B371" s="4" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="C371" s="4" t="s">
-        <v>350</v>
+        <v>61</v>
       </c>
       <c r="D371" s="4" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="E371" s="4" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="F371" s="4" t="s">
         <v>845</v>
       </c>
       <c r="G371" s="4" t="s">
-        <v>350</v>
+        <v>223</v>
       </c>
       <c r="H371" s="4"/>
     </row>
     <row r="372">
       <c r="A372" s="4">
-        <v>100195</v>
+        <v>100225</v>
       </c>
       <c r="B372" s="4" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="C372" s="4" t="s">
-        <v>59</v>
+        <v>350</v>
       </c>
       <c r="D372" s="4" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="E372" s="4" t="s">
-        <v>833</v>
+        <v>844</v>
       </c>
       <c r="F372" s="4" t="s">
         <v>846</v>
       </c>
       <c r="G372" s="4" t="s">
-        <v>59</v>
+        <v>350</v>
       </c>
       <c r="H372" s="4"/>
     </row>
     <row r="373">
       <c r="A373" s="4">
-        <v>100128</v>
+        <v>100195</v>
       </c>
       <c r="B373" s="4" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="C373" s="4" t="s">
-        <v>331</v>
+        <v>59</v>
       </c>
       <c r="D373" s="4" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="E373" s="4" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="F373" s="4" t="s">
         <v>847</v>
       </c>
       <c r="G373" s="4" t="s">
-        <v>331</v>
+        <v>59</v>
       </c>
       <c r="H373" s="4"/>
     </row>
     <row r="374">
       <c r="A374" s="4">
-        <v>100139</v>
+        <v>100128</v>
       </c>
       <c r="B374" s="4" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="C374" s="4" t="s">
-        <v>247</v>
+        <v>331</v>
       </c>
       <c r="D374" s="4" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="E374" s="4" t="s">
-        <v>843</v>
+        <v>838</v>
       </c>
       <c r="F374" s="4" t="s">
         <v>848</v>
       </c>
       <c r="G374" s="4" t="s">
-        <v>247</v>
+        <v>331</v>
       </c>
       <c r="H374" s="4"/>
     </row>
     <row r="375">
       <c r="A375" s="4">
-        <v>100135</v>
+        <v>100139</v>
       </c>
       <c r="B375" s="4" t="s">
+        <v>844</v>
+      </c>
+      <c r="C375" s="4" t="s">
+        <v>247</v>
+      </c>
+      <c r="D375" s="4" t="s">
+        <v>844</v>
+      </c>
+      <c r="E375" s="4" t="s">
+        <v>844</v>
+      </c>
+      <c r="F375" s="4" t="s">
         <v>849</v>
       </c>
-      <c r="C375" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G375" s="4" t="s">
-        <v>32</v>
+        <v>247</v>
       </c>
       <c r="H375" s="4"/>
     </row>
     <row r="376">
       <c r="A376" s="4">
-        <v>100141</v>
+        <v>100135</v>
       </c>
       <c r="B376" s="4" t="s">
-        <v>843</v>
+        <v>850</v>
       </c>
       <c r="C376" s="4" t="s">
-        <v>320</v>
+        <v>32</v>
       </c>
       <c r="D376" s="4" t="s">
-        <v>843</v>
+        <v>850</v>
       </c>
       <c r="E376" s="4" t="s">
-        <v>833</v>
+        <v>850</v>
       </c>
       <c r="F376" s="4" t="s">
         <v>851</v>
       </c>
       <c r="G376" s="4" t="s">
-        <v>320</v>
+        <v>32</v>
       </c>
       <c r="H376" s="4"/>
     </row>
     <row r="377">
       <c r="A377" s="4">
-        <v>100077</v>
+        <v>100141</v>
       </c>
       <c r="B377" s="4" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="C377" s="4" t="s">
-        <v>24</v>
+        <v>320</v>
       </c>
       <c r="D377" s="4" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="E377" s="4" t="s">
-        <v>843</v>
+        <v>834</v>
       </c>
       <c r="F377" s="4" t="s">
         <v>852</v>
       </c>
       <c r="G377" s="4" t="s">
-        <v>24</v>
+        <v>320</v>
       </c>
       <c r="H377" s="4"/>
     </row>
     <row r="378">
       <c r="A378" s="4">
-        <v>100072</v>
+        <v>100077</v>
       </c>
       <c r="B378" s="4" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="C378" s="4" t="s">
-        <v>251</v>
+        <v>24</v>
       </c>
       <c r="D378" s="4" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="E378" s="4" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="F378" s="4" t="s">
         <v>853</v>
       </c>
       <c r="G378" s="4" t="s">
-        <v>251</v>
+        <v>24</v>
       </c>
       <c r="H378" s="4"/>
     </row>
     <row r="379">
       <c r="A379" s="4">
-        <v>100068</v>
+        <v>100072</v>
       </c>
       <c r="B379" s="4" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="C379" s="4" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="D379" s="4" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="E379" s="4" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="F379" s="4" t="s">
         <v>854</v>
       </c>
       <c r="G379" s="4" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="H379" s="4"/>
     </row>
     <row r="380">
       <c r="A380" s="4">
-        <v>100060</v>
+        <v>100068</v>
       </c>
       <c r="B380" s="4" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="C380" s="4" t="s">
-        <v>308</v>
+        <v>253</v>
       </c>
       <c r="D380" s="4" t="s">
+        <v>844</v>
+      </c>
+      <c r="E380" s="4" t="s">
+        <v>844</v>
+      </c>
+      <c r="F380" s="4" t="s">
         <v>855</v>
       </c>
-      <c r="E380" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G380" s="4" t="s">
-        <v>312</v>
+        <v>253</v>
       </c>
       <c r="H380" s="4"/>
     </row>
     <row r="381">
       <c r="A381" s="4">
-        <v>100396</v>
+        <v>100060</v>
       </c>
       <c r="B381" s="4" t="s">
+        <v>844</v>
+      </c>
+      <c r="C381" s="4" t="s">
+        <v>308</v>
+      </c>
+      <c r="D381" s="4" t="s">
+        <v>856</v>
+      </c>
+      <c r="E381" s="4" t="s">
+        <v>857</v>
+      </c>
+      <c r="F381" s="4" t="s">
         <v>858</v>
       </c>
-      <c r="C381" s="4" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="G381" s="4" t="s">
-        <v>372</v>
+        <v>312</v>
       </c>
       <c r="H381" s="4"/>
     </row>
     <row r="382">
       <c r="A382" s="4">
-        <v>100397</v>
+        <v>100396</v>
       </c>
       <c r="B382" s="4" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="C382" s="4" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="D382" s="4" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="E382" s="4"/>
       <c r="F382" s="4" t="s">
         <v>860</v>
       </c>
       <c r="G382" s="4" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="H382" s="4"/>
     </row>
     <row r="383">
       <c r="A383" s="4">
-        <v>100393</v>
+        <v>100397</v>
       </c>
       <c r="B383" s="4" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="C383" s="4" t="s">
-        <v>335</v>
+        <v>376</v>
       </c>
       <c r="D383" s="4" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="E383" s="4"/>
       <c r="F383" s="4" t="s">
         <v>861</v>
       </c>
       <c r="G383" s="4" t="s">
-        <v>337</v>
+        <v>376</v>
       </c>
       <c r="H383" s="4"/>
     </row>
     <row r="384">
       <c r="A384" s="4">
-        <v>100394</v>
+        <v>100393</v>
       </c>
       <c r="B384" s="4" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="C384" s="4" t="s">
-        <v>323</v>
+        <v>335</v>
       </c>
       <c r="D384" s="4" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="E384" s="4"/>
       <c r="F384" s="4" t="s">
-        <v>325</v>
+        <v>862</v>
       </c>
       <c r="G384" s="4" t="s">
-        <v>323</v>
+        <v>337</v>
       </c>
       <c r="H384" s="4"/>
     </row>
     <row r="385">
       <c r="A385" s="4">
-        <v>100436</v>
+        <v>100394</v>
       </c>
       <c r="B385" s="4" t="s">
-        <v>862</v>
+        <v>859</v>
       </c>
       <c r="C385" s="4" t="s">
-        <v>61</v>
+        <v>323</v>
       </c>
       <c r="D385" s="4" t="s">
-        <v>862</v>
-[...3 lines deleted...]
-      </c>
+        <v>859</v>
+      </c>
+      <c r="E385" s="4"/>
       <c r="F385" s="4" t="s">
-        <v>863</v>
+        <v>325</v>
       </c>
       <c r="G385" s="4" t="s">
-        <v>61</v>
+        <v>323</v>
       </c>
       <c r="H385" s="4"/>
     </row>
     <row r="386">
       <c r="A386" s="4">
-        <v>100079</v>
+        <v>100436</v>
       </c>
       <c r="B386" s="4" t="s">
-        <v>833</v>
+        <v>863</v>
       </c>
       <c r="C386" s="4" t="s">
-        <v>317</v>
+        <v>61</v>
       </c>
       <c r="D386" s="4" t="s">
-        <v>833</v>
+        <v>863</v>
       </c>
       <c r="E386" s="4" t="s">
-        <v>833</v>
+        <v>863</v>
       </c>
       <c r="F386" s="4" t="s">
         <v>864</v>
       </c>
       <c r="G386" s="4" t="s">
-        <v>317</v>
+        <v>61</v>
       </c>
       <c r="H386" s="4"/>
     </row>
     <row r="387">
       <c r="A387" s="4">
-        <v>100163</v>
+        <v>100079</v>
       </c>
       <c r="B387" s="4" t="s">
+        <v>834</v>
+      </c>
+      <c r="C387" s="4" t="s">
+        <v>317</v>
+      </c>
+      <c r="D387" s="4" t="s">
+        <v>834</v>
+      </c>
+      <c r="E387" s="4" t="s">
+        <v>834</v>
+      </c>
+      <c r="F387" s="4" t="s">
         <v>865</v>
       </c>
-      <c r="C387" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G387" s="4" t="s">
-        <v>223</v>
+        <v>317</v>
       </c>
       <c r="H387" s="4"/>
     </row>
     <row r="388">
       <c r="A388" s="4">
-        <v>100427</v>
+        <v>100163</v>
       </c>
       <c r="B388" s="4" t="s">
+        <v>866</v>
+      </c>
+      <c r="C388" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="D388" s="4" t="s">
+        <v>866</v>
+      </c>
+      <c r="E388" s="4" t="s">
+        <v>867</v>
+      </c>
+      <c r="F388" s="4" t="s">
         <v>868</v>
       </c>
-      <c r="C388" s="4" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="G388" s="4" t="s">
-        <v>133</v>
+        <v>223</v>
       </c>
       <c r="H388" s="4"/>
     </row>
     <row r="389">
       <c r="A389" s="4">
-        <v>100418</v>
+        <v>100427</v>
       </c>
       <c r="B389" s="4" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="C389" s="4" t="s">
-        <v>14</v>
+        <v>133</v>
       </c>
       <c r="D389" s="4" t="s">
-        <v>868</v>
-[...3 lines deleted...]
-      </c>
+        <v>869</v>
+      </c>
+      <c r="E389" s="4"/>
       <c r="F389" s="4" t="s">
-        <v>16</v>
+        <v>870</v>
       </c>
       <c r="G389" s="4" t="s">
-        <v>14</v>
+        <v>133</v>
       </c>
       <c r="H389" s="4"/>
     </row>
     <row r="390">
       <c r="A390" s="4">
-        <v>100185</v>
+        <v>100418</v>
       </c>
       <c r="B390" s="4" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="C390" s="4" t="s">
-        <v>447</v>
+        <v>14</v>
       </c>
       <c r="D390" s="4" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="E390" s="4" t="s">
-        <v>870</v>
+        <v>15</v>
       </c>
       <c r="F390" s="4" t="s">
-        <v>871</v>
+        <v>16</v>
       </c>
       <c r="G390" s="4" t="s">
-        <v>447</v>
+        <v>14</v>
       </c>
       <c r="H390" s="4"/>
     </row>
     <row r="391">
       <c r="A391" s="4">
-        <v>100189</v>
+        <v>100185</v>
       </c>
       <c r="B391" s="4" t="s">
+        <v>871</v>
+      </c>
+      <c r="C391" s="4" t="s">
+        <v>447</v>
+      </c>
+      <c r="D391" s="4" t="s">
+        <v>871</v>
+      </c>
+      <c r="E391" s="4" t="s">
+        <v>871</v>
+      </c>
+      <c r="F391" s="4" t="s">
         <v>872</v>
       </c>
-      <c r="C391" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G391" s="4" t="s">
-        <v>187</v>
+        <v>447</v>
       </c>
       <c r="H391" s="4"/>
     </row>
     <row r="392">
       <c r="A392" s="4">
-        <v>100219</v>
+        <v>100189</v>
       </c>
       <c r="B392" s="4" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="C392" s="4" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="D392" s="4" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="E392" s="4" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="F392" s="4" t="s">
-        <v>874</v>
+        <v>794</v>
       </c>
       <c r="G392" s="4" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="H392" s="4"/>
     </row>
     <row r="393">
       <c r="A393" s="4">
-        <v>100254</v>
+        <v>100219</v>
       </c>
       <c r="B393" s="4" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="C393" s="4" t="s">
-        <v>57</v>
+        <v>190</v>
       </c>
       <c r="D393" s="4" t="s">
+        <v>873</v>
+      </c>
+      <c r="E393" s="4" t="s">
+        <v>873</v>
+      </c>
+      <c r="F393" s="4" t="s">
         <v>875</v>
       </c>
-      <c r="E393" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G393" s="4" t="s">
-        <v>57</v>
+        <v>190</v>
       </c>
       <c r="H393" s="4"/>
     </row>
     <row r="394">
       <c r="A394" s="4">
-        <v>100006</v>
+        <v>100254</v>
       </c>
       <c r="B394" s="4" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="C394" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="D394" s="4" t="s">
+        <v>876</v>
+      </c>
+      <c r="E394" s="4" t="s">
+        <v>877</v>
+      </c>
+      <c r="F394" s="4" t="s">
         <v>878</v>
       </c>
-      <c r="D394" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G394" s="4" t="s">
-        <v>878</v>
+        <v>57</v>
       </c>
       <c r="H394" s="4"/>
     </row>
     <row r="395">
       <c r="A395" s="4">
-        <v>100007</v>
+        <v>100006</v>
       </c>
       <c r="B395" s="4" t="s">
+        <v>871</v>
+      </c>
+      <c r="C395" s="4" t="s">
+        <v>879</v>
+      </c>
+      <c r="D395" s="4" t="s">
+        <v>871</v>
+      </c>
+      <c r="E395" s="4" t="s">
+        <v>880</v>
+      </c>
+      <c r="F395" s="4" t="s">
         <v>881</v>
       </c>
-      <c r="C395" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G395" s="4" t="s">
-        <v>115</v>
+        <v>879</v>
       </c>
       <c r="H395" s="4"/>
     </row>
     <row r="396">
       <c r="A396" s="4">
-        <v>100231</v>
+        <v>100007</v>
       </c>
       <c r="B396" s="4" t="s">
+        <v>882</v>
+      </c>
+      <c r="C396" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="D396" s="4" t="s">
+        <v>883</v>
+      </c>
+      <c r="E396" s="4" t="s">
         <v>884</v>
       </c>
-      <c r="C396" s="4" t="s">
-[...5 lines deleted...]
-      <c r="E396" s="4"/>
       <c r="F396" s="4" t="s">
-        <v>819</v>
+        <v>754</v>
       </c>
       <c r="G396" s="4" t="s">
-        <v>679</v>
+        <v>115</v>
       </c>
       <c r="H396" s="4"/>
     </row>
     <row r="397">
       <c r="A397" s="4">
-        <v>100354</v>
+        <v>100231</v>
       </c>
       <c r="B397" s="4" t="s">
         <v>885</v>
       </c>
       <c r="C397" s="4" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="D397" s="4" t="s">
-        <v>887</v>
-[...3 lines deleted...]
-      </c>
+        <v>885</v>
+      </c>
+      <c r="E397" s="4"/>
       <c r="F397" s="4" t="s">
-        <v>888</v>
+        <v>820</v>
       </c>
       <c r="G397" s="4" t="s">
-        <v>253</v>
+        <v>679</v>
       </c>
       <c r="H397" s="4"/>
     </row>
     <row r="398">
       <c r="A398" s="4">
-        <v>101518</v>
+        <v>100354</v>
       </c>
       <c r="B398" s="4" t="s">
+        <v>886</v>
+      </c>
+      <c r="C398" s="4" t="s">
+        <v>887</v>
+      </c>
+      <c r="D398" s="4" t="s">
+        <v>888</v>
+      </c>
+      <c r="E398" s="4" t="s">
+        <v>888</v>
+      </c>
+      <c r="F398" s="4" t="s">
         <v>889</v>
       </c>
-      <c r="C398" s="4" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="G398" s="4" t="s">
-        <v>139</v>
+        <v>253</v>
       </c>
       <c r="H398" s="4"/>
     </row>
     <row r="399">
       <c r="A399" s="4">
-        <v>101522</v>
+        <v>101518</v>
       </c>
       <c r="B399" s="4" t="s">
-        <v>892</v>
+        <v>890</v>
       </c>
       <c r="C399" s="4" t="s">
         <v>139</v>
       </c>
       <c r="D399" s="4" t="s">
-        <v>892</v>
+        <v>891</v>
       </c>
       <c r="E399" s="4"/>
       <c r="F399" s="4" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="G399" s="4" t="s">
         <v>139</v>
       </c>
       <c r="H399" s="4"/>
     </row>
     <row r="400">
       <c r="A400" s="4">
-        <v>100065</v>
+        <v>101522</v>
       </c>
       <c r="B400" s="4" t="s">
-        <v>894</v>
+        <v>893</v>
       </c>
       <c r="C400" s="4" t="s">
-        <v>115</v>
+        <v>139</v>
       </c>
       <c r="D400" s="4" t="s">
-        <v>895</v>
+        <v>893</v>
       </c>
       <c r="E400" s="4"/>
       <c r="F400" s="4" t="s">
-        <v>896</v>
+        <v>894</v>
       </c>
       <c r="G400" s="4" t="s">
-        <v>115</v>
+        <v>139</v>
       </c>
       <c r="H400" s="4"/>
     </row>
     <row r="401">
       <c r="A401" s="4">
-        <v>100234</v>
+        <v>100065</v>
       </c>
       <c r="B401" s="4" t="s">
+        <v>895</v>
+      </c>
+      <c r="C401" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="D401" s="4" t="s">
+        <v>896</v>
+      </c>
+      <c r="E401" s="4"/>
+      <c r="F401" s="4" t="s">
         <v>897</v>
       </c>
-      <c r="C401" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G401" s="4" t="s">
-        <v>898</v>
+        <v>115</v>
       </c>
       <c r="H401" s="4"/>
     </row>
     <row r="402">
       <c r="A402" s="4">
-        <v>100182</v>
+        <v>100234</v>
       </c>
       <c r="B402" s="4" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C402" s="4" t="s">
+        <v>899</v>
+      </c>
+      <c r="D402" s="4" t="s">
+        <v>900</v>
+      </c>
+      <c r="E402" s="4" t="s">
+        <v>901</v>
+      </c>
+      <c r="F402" s="4" t="s">
         <v>902</v>
       </c>
-      <c r="D402" s="4" t="s">
+      <c r="G402" s="4" t="s">
         <v>899</v>
-      </c>
-[...7 lines deleted...]
-        <v>902</v>
       </c>
       <c r="H402" s="4"/>
     </row>
     <row r="403">
       <c r="A403" s="4">
-        <v>100319</v>
+        <v>100182</v>
       </c>
       <c r="B403" s="4" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C403" s="4" t="s">
+        <v>903</v>
+      </c>
+      <c r="D403" s="4" t="s">
+        <v>900</v>
+      </c>
+      <c r="E403" s="4" t="s">
+        <v>901</v>
+      </c>
+      <c r="F403" s="4" t="s">
         <v>904</v>
       </c>
-      <c r="D403" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G403" s="4" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="H403" s="4"/>
     </row>
     <row r="404">
       <c r="A404" s="4">
-        <v>100315</v>
+        <v>100319</v>
       </c>
       <c r="B404" s="4" t="s">
+        <v>898</v>
+      </c>
+      <c r="C404" s="4" t="s">
+        <v>905</v>
+      </c>
+      <c r="D404" s="4" t="s">
+        <v>900</v>
+      </c>
+      <c r="E404" s="4" t="s">
+        <v>901</v>
+      </c>
+      <c r="F404" s="4" t="s">
+        <v>906</v>
+      </c>
+      <c r="G404" s="4" t="s">
         <v>907</v>
-      </c>
-[...11 lines deleted...]
-        <v>217</v>
       </c>
       <c r="H404" s="4"/>
     </row>
     <row r="405">
       <c r="A405" s="4">
-        <v>100176</v>
+        <v>100315</v>
       </c>
       <c r="B405" s="4" t="s">
+        <v>908</v>
+      </c>
+      <c r="C405" s="4" t="s">
+        <v>217</v>
+      </c>
+      <c r="D405" s="4" t="s">
+        <v>909</v>
+      </c>
+      <c r="E405" s="4"/>
+      <c r="F405" s="4" t="s">
         <v>910</v>
       </c>
-      <c r="C405" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G405" s="4" t="s">
-        <v>61</v>
+        <v>217</v>
       </c>
       <c r="H405" s="4"/>
     </row>
     <row r="406">
       <c r="A406" s="4">
-        <v>100238</v>
+        <v>100176</v>
       </c>
       <c r="B406" s="4" t="s">
+        <v>911</v>
+      </c>
+      <c r="C406" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="D406" s="4" t="s">
+        <v>912</v>
+      </c>
+      <c r="E406" s="4" t="s">
+        <v>913</v>
+      </c>
+      <c r="F406" s="4" t="s">
         <v>914</v>
       </c>
-      <c r="C406" s="4" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="G406" s="4" t="s">
-        <v>917</v>
+        <v>61</v>
       </c>
       <c r="H406" s="4"/>
     </row>
     <row r="407">
       <c r="A407" s="4">
-        <v>100183</v>
+        <v>100238</v>
       </c>
       <c r="B407" s="4" t="s">
+        <v>915</v>
+      </c>
+      <c r="C407" s="4" t="s">
+        <v>916</v>
+      </c>
+      <c r="D407" s="4" t="s">
+        <v>900</v>
+      </c>
+      <c r="E407" s="4"/>
+      <c r="F407" s="4" t="s">
+        <v>917</v>
+      </c>
+      <c r="G407" s="4" t="s">
         <v>918</v>
-      </c>
-[...13 lines deleted...]
-        <v>878</v>
       </c>
       <c r="H407" s="4"/>
     </row>
     <row r="408">
       <c r="A408" s="4">
-        <v>101504</v>
+        <v>100183</v>
       </c>
       <c r="B408" s="4" t="s">
+        <v>919</v>
+      </c>
+      <c r="C408" s="4" t="s">
+        <v>879</v>
+      </c>
+      <c r="D408" s="4" t="s">
+        <v>873</v>
+      </c>
+      <c r="E408" s="4" t="s">
+        <v>920</v>
+      </c>
+      <c r="F408" s="4" t="s">
         <v>921</v>
       </c>
-      <c r="C408" s="4" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="G408" s="4" t="s">
-        <v>613</v>
+        <v>879</v>
       </c>
       <c r="H408" s="4"/>
     </row>
     <row r="409">
       <c r="A409" s="4">
-        <v>100455</v>
+        <v>101504</v>
       </c>
       <c r="B409" s="4" t="s">
         <v>922</v>
       </c>
       <c r="C409" s="4" t="s">
-        <v>139</v>
+        <v>613</v>
       </c>
       <c r="D409" s="4" t="s">
-        <v>923</v>
+        <v>922</v>
       </c>
       <c r="E409" s="4"/>
       <c r="F409" s="4" t="s">
-        <v>924</v>
+        <v>612</v>
       </c>
       <c r="G409" s="4" t="s">
-        <v>139</v>
+        <v>613</v>
       </c>
       <c r="H409" s="4"/>
     </row>
     <row r="410">
       <c r="A410" s="4">
-        <v>100447</v>
+        <v>100455</v>
       </c>
       <c r="B410" s="4" t="s">
+        <v>923</v>
+      </c>
+      <c r="C410" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="D410" s="4" t="s">
+        <v>924</v>
+      </c>
+      <c r="E410" s="4"/>
+      <c r="F410" s="4" t="s">
         <v>925</v>
       </c>
-      <c r="C410" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G410" s="4" t="s">
-        <v>228</v>
+        <v>139</v>
       </c>
       <c r="H410" s="4"/>
     </row>
     <row r="411">
       <c r="A411" s="4">
-        <v>100122</v>
+        <v>100447</v>
       </c>
       <c r="B411" s="4" t="s">
+        <v>926</v>
+      </c>
+      <c r="C411" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="D411" s="4" t="s">
+        <v>926</v>
+      </c>
+      <c r="E411" s="4" t="s">
+        <v>926</v>
+      </c>
+      <c r="F411" s="4" t="s">
         <v>927</v>
       </c>
-      <c r="C411" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G411" s="4" t="s">
-        <v>605</v>
+        <v>228</v>
       </c>
       <c r="H411" s="4"/>
     </row>
     <row r="412">
       <c r="A412" s="4">
-        <v>101488</v>
+        <v>100122</v>
       </c>
       <c r="B412" s="4" t="s">
+        <v>928</v>
+      </c>
+      <c r="C412" s="4" t="s">
+        <v>605</v>
+      </c>
+      <c r="D412" s="4" t="s">
+        <v>928</v>
+      </c>
+      <c r="E412" s="4" t="s">
+        <v>928</v>
+      </c>
+      <c r="F412" s="4" t="s">
         <v>929</v>
       </c>
-      <c r="C412" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G412" s="4" t="s">
-        <v>9</v>
+        <v>605</v>
       </c>
       <c r="H412" s="4"/>
     </row>
     <row r="413">
       <c r="A413" s="4">
-        <v>100442</v>
+        <v>101488</v>
       </c>
       <c r="B413" s="4" t="s">
+        <v>930</v>
+      </c>
+      <c r="C413" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D413" s="4" t="s">
+        <v>930</v>
+      </c>
+      <c r="E413" s="4" t="s">
+        <v>931</v>
+      </c>
+      <c r="F413" s="4" t="s">
         <v>932</v>
       </c>
-      <c r="C413" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G413" s="4" t="s">
-        <v>228</v>
+        <v>9</v>
       </c>
       <c r="H413" s="4"/>
     </row>
     <row r="414">
       <c r="A414" s="4">
-        <v>100123</v>
+        <v>100442</v>
       </c>
       <c r="B414" s="4" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="C414" s="4" t="s">
-        <v>605</v>
+        <v>228</v>
       </c>
       <c r="D414" s="4" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="E414" s="4" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="F414" s="4" t="s">
         <v>934</v>
       </c>
       <c r="G414" s="4" t="s">
-        <v>605</v>
+        <v>228</v>
       </c>
       <c r="H414" s="4"/>
     </row>
     <row r="415">
       <c r="A415" s="4">
-        <v>100124</v>
+        <v>100123</v>
       </c>
       <c r="B415" s="4" t="s">
-        <v>935</v>
+        <v>933</v>
       </c>
       <c r="C415" s="4" t="s">
         <v>605</v>
       </c>
       <c r="D415" s="4" t="s">
+        <v>933</v>
+      </c>
+      <c r="E415" s="4" t="s">
+        <v>933</v>
+      </c>
+      <c r="F415" s="4" t="s">
         <v>935</v>
-      </c>
-[...4 lines deleted...]
-        <v>936</v>
       </c>
       <c r="G415" s="4" t="s">
         <v>605</v>
       </c>
       <c r="H415" s="4"/>
     </row>
     <row r="416">
       <c r="A416" s="4">
-        <v>100439</v>
+        <v>100124</v>
       </c>
       <c r="B416" s="4" t="s">
+        <v>936</v>
+      </c>
+      <c r="C416" s="4" t="s">
+        <v>605</v>
+      </c>
+      <c r="D416" s="4" t="s">
+        <v>936</v>
+      </c>
+      <c r="E416" s="4" t="s">
+        <v>936</v>
+      </c>
+      <c r="F416" s="4" t="s">
         <v>937</v>
       </c>
-      <c r="C416" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G416" s="4" t="s">
-        <v>228</v>
+        <v>605</v>
       </c>
       <c r="H416" s="4"/>
     </row>
     <row r="417">
       <c r="A417" s="4">
-        <v>100440</v>
+        <v>100439</v>
       </c>
       <c r="B417" s="4" t="s">
-        <v>939</v>
+        <v>938</v>
       </c>
       <c r="C417" s="4" t="s">
         <v>228</v>
       </c>
       <c r="D417" s="4" t="s">
+        <v>938</v>
+      </c>
+      <c r="E417" s="4" t="s">
+        <v>938</v>
+      </c>
+      <c r="F417" s="4" t="s">
         <v>939</v>
-      </c>
-[...4 lines deleted...]
-        <v>940</v>
       </c>
       <c r="G417" s="4" t="s">
         <v>228</v>
       </c>
       <c r="H417" s="4"/>
     </row>
     <row r="418">
       <c r="A418" s="4">
-        <v>100125</v>
+        <v>100440</v>
       </c>
       <c r="B418" s="4" t="s">
+        <v>940</v>
+      </c>
+      <c r="C418" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="D418" s="4" t="s">
+        <v>940</v>
+      </c>
+      <c r="E418" s="4" t="s">
+        <v>940</v>
+      </c>
+      <c r="F418" s="4" t="s">
         <v>941</v>
       </c>
-      <c r="C418" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G418" s="4" t="s">
-        <v>605</v>
+        <v>228</v>
       </c>
       <c r="H418" s="4"/>
     </row>
     <row r="419">
       <c r="A419" s="4">
-        <v>100269</v>
+        <v>100125</v>
       </c>
       <c r="B419" s="4" t="s">
+        <v>942</v>
+      </c>
+      <c r="C419" s="4" t="s">
+        <v>605</v>
+      </c>
+      <c r="D419" s="4" t="s">
+        <v>942</v>
+      </c>
+      <c r="E419" s="4" t="s">
+        <v>942</v>
+      </c>
+      <c r="F419" s="4" t="s">
         <v>943</v>
       </c>
-      <c r="C419" s="4" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="G419" s="4" t="s">
-        <v>38</v>
+        <v>605</v>
       </c>
       <c r="H419" s="4"/>
     </row>
     <row r="420">
       <c r="A420" s="4">
-        <v>100367</v>
+        <v>100269</v>
       </c>
       <c r="B420" s="4" t="s">
+        <v>944</v>
+      </c>
+      <c r="C420" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D420" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E420" s="4"/>
+      <c r="F420" s="4" t="s">
         <v>945</v>
       </c>
-      <c r="C420" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G420" s="4" t="s">
-        <v>228</v>
+        <v>38</v>
       </c>
       <c r="H420" s="4"/>
     </row>
     <row r="421">
       <c r="A421" s="4">
-        <v>100366</v>
+        <v>100367</v>
       </c>
       <c r="B421" s="4" t="s">
-        <v>947</v>
+        <v>946</v>
       </c>
       <c r="C421" s="4" t="s">
         <v>228</v>
       </c>
       <c r="D421" s="4" t="s">
+        <v>946</v>
+      </c>
+      <c r="E421" s="4" t="s">
+        <v>946</v>
+      </c>
+      <c r="F421" s="4" t="s">
         <v>947</v>
-      </c>
-[...4 lines deleted...]
-        <v>948</v>
       </c>
       <c r="G421" s="4" t="s">
         <v>228</v>
       </c>
       <c r="H421" s="4"/>
     </row>
     <row r="422">
       <c r="A422" s="4">
-        <v>100361</v>
+        <v>100366</v>
       </c>
       <c r="B422" s="4" t="s">
-        <v>949</v>
+        <v>948</v>
       </c>
       <c r="C422" s="4" t="s">
         <v>228</v>
       </c>
       <c r="D422" s="4" t="s">
+        <v>948</v>
+      </c>
+      <c r="E422" s="4" t="s">
+        <v>948</v>
+      </c>
+      <c r="F422" s="4" t="s">
         <v>949</v>
-      </c>
-[...4 lines deleted...]
-        <v>256</v>
       </c>
       <c r="G422" s="4" t="s">
         <v>228</v>
       </c>
       <c r="H422" s="4"/>
     </row>
     <row r="423">
       <c r="A423" s="4">
-        <v>100270</v>
+        <v>100361</v>
       </c>
       <c r="B423" s="4" t="s">
         <v>950</v>
       </c>
       <c r="C423" s="4" t="s">
-        <v>35</v>
+        <v>228</v>
       </c>
       <c r="D423" s="4" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="E423" s="4"/>
+        <v>950</v>
+      </c>
+      <c r="E423" s="4" t="s">
+        <v>950</v>
+      </c>
       <c r="F423" s="4" t="s">
-        <v>951</v>
+        <v>256</v>
       </c>
       <c r="G423" s="4" t="s">
-        <v>38</v>
+        <v>228</v>
       </c>
       <c r="H423" s="4"/>
     </row>
     <row r="424">
       <c r="A424" s="4">
-        <v>100460</v>
+        <v>100270</v>
       </c>
       <c r="B424" s="4" t="s">
-        <v>952</v>
+        <v>951</v>
       </c>
       <c r="C424" s="4" t="s">
-        <v>623</v>
+        <v>35</v>
       </c>
       <c r="D424" s="4" t="s">
-        <v>952</v>
+        <v>36</v>
       </c>
       <c r="E424" s="4"/>
       <c r="F424" s="4" t="s">
-        <v>624</v>
+        <v>952</v>
       </c>
       <c r="G424" s="4" t="s">
-        <v>623</v>
+        <v>38</v>
       </c>
       <c r="H424" s="4"/>
     </row>
     <row r="425">
       <c r="A425" s="4">
-        <v>100204</v>
+        <v>100460</v>
       </c>
       <c r="B425" s="4" t="s">
         <v>953</v>
       </c>
       <c r="C425" s="4" t="s">
-        <v>57</v>
+        <v>623</v>
       </c>
       <c r="D425" s="4" t="s">
-        <v>954</v>
-[...3 lines deleted...]
-      </c>
+        <v>953</v>
+      </c>
+      <c r="E425" s="4"/>
       <c r="F425" s="4" t="s">
-        <v>956</v>
+        <v>624</v>
       </c>
       <c r="G425" s="4" t="s">
-        <v>57</v>
+        <v>623</v>
       </c>
       <c r="H425" s="4"/>
     </row>
     <row r="426">
       <c r="A426" s="4">
-        <v>100205</v>
+        <v>100204</v>
       </c>
       <c r="B426" s="4" t="s">
-        <v>957</v>
+        <v>954</v>
       </c>
       <c r="C426" s="4" t="s">
         <v>57</v>
       </c>
       <c r="D426" s="4" t="s">
-        <v>958</v>
+        <v>955</v>
       </c>
       <c r="E426" s="4" t="s">
-        <v>959</v>
+        <v>956</v>
       </c>
       <c r="F426" s="4" t="s">
-        <v>960</v>
+        <v>957</v>
       </c>
       <c r="G426" s="4" t="s">
         <v>57</v>
       </c>
       <c r="H426" s="4"/>
     </row>
     <row r="427">
       <c r="A427" s="4">
-        <v>100453</v>
+        <v>100205</v>
       </c>
       <c r="B427" s="4" t="s">
+        <v>958</v>
+      </c>
+      <c r="C427" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="D427" s="4" t="s">
+        <v>959</v>
+      </c>
+      <c r="E427" s="4" t="s">
+        <v>960</v>
+      </c>
+      <c r="F427" s="4" t="s">
         <v>961</v>
       </c>
-      <c r="C427" s="4" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="G427" s="4" t="s">
-        <v>962</v>
+        <v>57</v>
       </c>
       <c r="H427" s="4"/>
     </row>
     <row r="428">
       <c r="A428" s="4">
-        <v>100230</v>
+        <v>100453</v>
       </c>
       <c r="B428" s="4" t="s">
-        <v>965</v>
+        <v>962</v>
       </c>
       <c r="C428" s="4" t="s">
-        <v>965</v>
+        <v>963</v>
       </c>
       <c r="D428" s="4" t="s">
-        <v>965</v>
+        <v>964</v>
       </c>
       <c r="E428" s="4"/>
       <c r="F428" s="4" t="s">
-        <v>966</v>
+        <v>965</v>
       </c>
       <c r="G428" s="4" t="s">
-        <v>679</v>
+        <v>963</v>
       </c>
       <c r="H428" s="4"/>
     </row>
     <row r="429">
       <c r="A429" s="4">
-        <v>100310</v>
+        <v>100230</v>
       </c>
       <c r="B429" s="4" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="C429" s="4" t="s">
-        <v>447</v>
+        <v>966</v>
       </c>
       <c r="D429" s="4" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="E429" s="4"/>
       <c r="F429" s="4" t="s">
-        <v>677</v>
+        <v>967</v>
       </c>
       <c r="G429" s="4" t="s">
-        <v>447</v>
+        <v>679</v>
       </c>
       <c r="H429" s="4"/>
     </row>
     <row r="430">
       <c r="A430" s="4">
-        <v>100338</v>
+        <v>100310</v>
       </c>
       <c r="B430" s="4" t="s">
-        <v>967</v>
+        <v>966</v>
       </c>
       <c r="C430" s="4" t="s">
         <v>447</v>
       </c>
       <c r="D430" s="4" t="s">
-        <v>967</v>
+        <v>966</v>
       </c>
       <c r="E430" s="4"/>
       <c r="F430" s="4" t="s">
-        <v>968</v>
+        <v>677</v>
       </c>
       <c r="G430" s="4" t="s">
         <v>447</v>
       </c>
       <c r="H430" s="4"/>
     </row>
     <row r="431">
       <c r="A431" s="4">
-        <v>100218</v>
+        <v>100338</v>
       </c>
       <c r="B431" s="4" t="s">
+        <v>968</v>
+      </c>
+      <c r="C431" s="4" t="s">
+        <v>447</v>
+      </c>
+      <c r="D431" s="4" t="s">
+        <v>968</v>
+      </c>
+      <c r="E431" s="4"/>
+      <c r="F431" s="4" t="s">
         <v>969</v>
       </c>
-      <c r="C431" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G431" s="4" t="s">
-        <v>190</v>
+        <v>447</v>
       </c>
       <c r="H431" s="4"/>
     </row>
     <row r="432">
       <c r="A432" s="4">
-        <v>100188</v>
+        <v>100218</v>
       </c>
       <c r="B432" s="4" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="C432" s="4" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="D432" s="4" t="s">
+        <v>970</v>
+      </c>
+      <c r="E432" s="4" t="s">
+        <v>970</v>
+      </c>
+      <c r="F432" s="4" t="s">
         <v>971</v>
       </c>
-      <c r="E432" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G432" s="4" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="H432" s="4"/>
     </row>
     <row r="433">
       <c r="A433" s="4">
-        <v>100187</v>
+        <v>100188</v>
       </c>
       <c r="B433" s="4" t="s">
-        <v>973</v>
+        <v>970</v>
       </c>
       <c r="C433" s="4" t="s">
         <v>187</v>
       </c>
       <c r="D433" s="4" t="s">
-        <v>974</v>
+        <v>972</v>
       </c>
       <c r="E433" s="4" t="s">
-        <v>975</v>
+        <v>973</v>
       </c>
       <c r="F433" s="4" t="s">
         <v>189</v>
       </c>
       <c r="G433" s="4" t="s">
         <v>187</v>
       </c>
       <c r="H433" s="4"/>
     </row>
     <row r="434">
       <c r="A434" s="4">
-        <v>100216</v>
+        <v>100187</v>
       </c>
       <c r="B434" s="4" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="C434" s="4" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="D434" s="4" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="E434" s="4" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
       <c r="F434" s="4" t="s">
-        <v>976</v>
+        <v>189</v>
       </c>
       <c r="G434" s="4" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="H434" s="4"/>
     </row>
     <row r="435">
       <c r="A435" s="4">
-        <v>100215</v>
+        <v>100216</v>
       </c>
       <c r="B435" s="4" t="s">
-        <v>977</v>
+        <v>974</v>
       </c>
       <c r="C435" s="4" t="s">
         <v>190</v>
       </c>
       <c r="D435" s="4" t="s">
+        <v>974</v>
+      </c>
+      <c r="E435" s="4" t="s">
+        <v>974</v>
+      </c>
+      <c r="F435" s="4" t="s">
         <v>977</v>
-      </c>
-[...4 lines deleted...]
-        <v>978</v>
       </c>
       <c r="G435" s="4" t="s">
         <v>190</v>
       </c>
       <c r="H435" s="4"/>
     </row>
     <row r="436">
       <c r="A436" s="4">
-        <v>100186</v>
+        <v>100215</v>
       </c>
       <c r="B436" s="4" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="C436" s="4" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="D436" s="4" t="s">
+        <v>978</v>
+      </c>
+      <c r="E436" s="4" t="s">
+        <v>978</v>
+      </c>
+      <c r="F436" s="4" t="s">
         <v>979</v>
       </c>
-      <c r="E436" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G436" s="4" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="H436" s="4"/>
     </row>
     <row r="437">
       <c r="A437" s="4">
-        <v>100265</v>
+        <v>100186</v>
       </c>
       <c r="B437" s="4" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="C437" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="D437" s="4" t="s">
+        <v>980</v>
+      </c>
+      <c r="E437" s="4" t="s">
         <v>981</v>
       </c>
-      <c r="D437" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E437" s="4"/>
       <c r="F437" s="4" t="s">
-        <v>982</v>
+        <v>189</v>
       </c>
       <c r="G437" s="4" t="s">
-        <v>981</v>
+        <v>187</v>
       </c>
       <c r="H437" s="4"/>
     </row>
     <row r="438">
       <c r="A438" s="4">
-        <v>100266</v>
+        <v>100265</v>
       </c>
       <c r="B438" s="4" t="s">
-        <v>983</v>
+        <v>978</v>
       </c>
       <c r="C438" s="4" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="D438" s="4" t="s">
-        <v>983</v>
+        <v>978</v>
       </c>
       <c r="E438" s="4"/>
       <c r="F438" s="4" t="s">
-        <v>984</v>
+        <v>983</v>
       </c>
       <c r="G438" s="4" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="H438" s="4"/>
     </row>
     <row r="439">
       <c r="A439" s="4">
-        <v>100267</v>
+        <v>100266</v>
       </c>
       <c r="B439" s="4" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="C439" s="4" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="D439" s="4" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="E439" s="4"/>
       <c r="F439" s="4" t="s">
-        <v>986</v>
+        <v>985</v>
       </c>
       <c r="G439" s="4" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="H439" s="4"/>
     </row>
     <row r="440">
       <c r="A440" s="4">
-        <v>101482</v>
+        <v>100267</v>
       </c>
       <c r="B440" s="4" t="s">
+        <v>986</v>
+      </c>
+      <c r="C440" s="4" t="s">
+        <v>982</v>
+      </c>
+      <c r="D440" s="4" t="s">
+        <v>986</v>
+      </c>
+      <c r="E440" s="4"/>
+      <c r="F440" s="4" t="s">
         <v>987</v>
       </c>
-      <c r="C440" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G440" s="4" t="s">
-        <v>9</v>
+        <v>982</v>
       </c>
       <c r="H440" s="4"/>
     </row>
     <row r="441">
       <c r="A441" s="4">
-        <v>101499</v>
+        <v>101482</v>
       </c>
       <c r="B441" s="4" t="s">
+        <v>988</v>
+      </c>
+      <c r="C441" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D441" s="4" t="s">
+        <v>989</v>
+      </c>
+      <c r="E441" s="4" t="s">
+        <v>990</v>
+      </c>
+      <c r="F441" s="4" t="s">
         <v>991</v>
       </c>
-      <c r="C441" s="4" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="G441" s="4" t="s">
-        <v>338</v>
+        <v>9</v>
       </c>
       <c r="H441" s="4"/>
     </row>
     <row r="442">
       <c r="A442" s="4">
-        <v>100229</v>
+        <v>101499</v>
       </c>
       <c r="B442" s="4" t="s">
-        <v>994</v>
+        <v>992</v>
       </c>
       <c r="C442" s="4" t="s">
-        <v>994</v>
+        <v>338</v>
       </c>
       <c r="D442" s="4" t="s">
-        <v>994</v>
+        <v>993</v>
       </c>
       <c r="E442" s="4"/>
       <c r="F442" s="4" t="s">
-        <v>995</v>
+        <v>994</v>
       </c>
       <c r="G442" s="4" t="s">
-        <v>679</v>
+        <v>338</v>
       </c>
       <c r="H442" s="4"/>
     </row>
     <row r="443">
       <c r="A443" s="4">
-        <v>100181</v>
+        <v>100229</v>
       </c>
       <c r="B443" s="4" t="s">
+        <v>995</v>
+      </c>
+      <c r="C443" s="4" t="s">
+        <v>995</v>
+      </c>
+      <c r="D443" s="4" t="s">
+        <v>995</v>
+      </c>
+      <c r="E443" s="4"/>
+      <c r="F443" s="4" t="s">
         <v>996</v>
       </c>
-      <c r="C443" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G443" s="4" t="s">
-        <v>902</v>
+        <v>679</v>
       </c>
       <c r="H443" s="4"/>
     </row>
     <row r="444">
       <c r="A444" s="4">
-        <v>101483</v>
+        <v>100181</v>
       </c>
       <c r="B444" s="4" t="s">
+        <v>997</v>
+      </c>
+      <c r="C444" s="4" t="s">
+        <v>903</v>
+      </c>
+      <c r="D444" s="4" t="s">
+        <v>900</v>
+      </c>
+      <c r="E444" s="4" t="s">
+        <v>901</v>
+      </c>
+      <c r="F444" s="4" t="s">
         <v>998</v>
       </c>
-      <c r="C444" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G444" s="4" t="s">
-        <v>9</v>
+        <v>903</v>
       </c>
       <c r="H444" s="4"/>
     </row>
     <row r="445">
       <c r="A445" s="4">
-        <v>101517</v>
+        <v>101483</v>
       </c>
       <c r="B445" s="4" t="s">
         <v>999</v>
       </c>
       <c r="C445" s="4" t="s">
-        <v>999</v>
+        <v>9</v>
       </c>
       <c r="D445" s="4" t="s">
-        <v>999</v>
-[...1 lines deleted...]
-      <c r="E445" s="4"/>
+        <v>1000</v>
+      </c>
+      <c r="E445" s="4" t="s">
+        <v>1001</v>
+      </c>
       <c r="F445" s="4" t="s">
         <v>1002</v>
       </c>
       <c r="G445" s="4" t="s">
-        <v>1003</v>
+        <v>9</v>
       </c>
       <c r="H445" s="4"/>
     </row>
     <row r="446">
       <c r="A446" s="4">
-        <v>100346</v>
+        <v>101517</v>
       </c>
       <c r="B446" s="4" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="C446" s="4" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="D446" s="4" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="E446" s="4"/>
       <c r="F446" s="4" t="s">
+        <v>1003</v>
+      </c>
+      <c r="G446" s="4" t="s">
         <v>1004</v>
-      </c>
-[...1 lines deleted...]
-        <v>1005</v>
       </c>
       <c r="H446" s="4"/>
     </row>
     <row r="447">
       <c r="A447" s="4">
-        <v>100349</v>
+        <v>100346</v>
       </c>
       <c r="B447" s="4" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="C447" s="4" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="D447" s="4" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="E447" s="4"/>
       <c r="F447" s="4" t="s">
+        <v>1005</v>
+      </c>
+      <c r="G447" s="4" t="s">
         <v>1006</v>
-      </c>
-[...1 lines deleted...]
-        <v>1007</v>
       </c>
       <c r="H447" s="4"/>
     </row>
     <row r="448">
       <c r="A448" s="4">
-        <v>100412</v>
+        <v>100349</v>
       </c>
       <c r="B448" s="4" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="C448" s="4" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="D448" s="4" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="E448" s="4"/>
       <c r="F448" s="4" t="s">
+        <v>1007</v>
+      </c>
+      <c r="G448" s="4" t="s">
         <v>1008</v>
-      </c>
-[...1 lines deleted...]
-        <v>1009</v>
       </c>
       <c r="H448" s="4"/>
     </row>
     <row r="449">
       <c r="A449" s="4">
-        <v>100268</v>
+        <v>100412</v>
       </c>
       <c r="B449" s="4" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="C449" s="4" t="s">
-        <v>35</v>
+        <v>1000</v>
       </c>
       <c r="D449" s="4" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="E449" s="4"/>
       <c r="F449" s="4" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G449" s="4" t="s">
         <v>1010</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="H449" s="4"/>
     </row>
     <row r="450">
       <c r="A450" s="4">
-        <v>100059</v>
+        <v>100268</v>
       </c>
       <c r="B450" s="4" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C450" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D450" s="4" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E450" s="4"/>
+      <c r="F450" s="4" t="s">
         <v>1011</v>
       </c>
-      <c r="C450" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G450" s="4" t="s">
-        <v>1012</v>
+        <v>38</v>
       </c>
       <c r="H450" s="4"/>
     </row>
     <row r="451">
       <c r="A451" s="4">
-        <v>100126</v>
+        <v>100059</v>
       </c>
       <c r="B451" s="4" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C451" s="4" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D451" s="4" t="s">
+        <v>1012</v>
+      </c>
+      <c r="E451" s="4" t="s">
+        <v>1014</v>
+      </c>
+      <c r="F451" s="4" t="s">
         <v>1015</v>
       </c>
-      <c r="C451" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G451" s="4" t="s">
-        <v>605</v>
+        <v>1013</v>
       </c>
       <c r="H451" s="4"/>
     </row>
     <row r="452">
       <c r="A452" s="4">
-        <v>100005</v>
+        <v>100126</v>
       </c>
       <c r="B452" s="4" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C452" s="4" t="s">
+        <v>605</v>
+      </c>
+      <c r="D452" s="4" t="s">
+        <v>1016</v>
+      </c>
+      <c r="E452" s="4" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F452" s="4" t="s">
         <v>1017</v>
       </c>
-      <c r="C452" s="4" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="G452" s="4" t="s">
-        <v>878</v>
+        <v>605</v>
       </c>
       <c r="H452" s="4"/>
     </row>
     <row r="453">
       <c r="A453" s="4">
-        <v>100127</v>
+        <v>100005</v>
       </c>
       <c r="B453" s="4" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C453" s="4" t="s">
+        <v>879</v>
+      </c>
+      <c r="D453" s="4" t="s">
+        <v>1018</v>
+      </c>
+      <c r="E453" s="4"/>
+      <c r="F453" s="4" t="s">
         <v>1019</v>
       </c>
-      <c r="C453" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G453" s="4" t="s">
-        <v>605</v>
+        <v>879</v>
       </c>
       <c r="H453" s="4"/>
     </row>
     <row r="454">
       <c r="A454" s="4">
-        <v>100113</v>
+        <v>100127</v>
       </c>
       <c r="B454" s="4" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C454" s="4" t="s">
+        <v>605</v>
+      </c>
+      <c r="D454" s="4" t="s">
+        <v>1020</v>
+      </c>
+      <c r="E454" s="4" t="s">
+        <v>1020</v>
+      </c>
+      <c r="F454" s="4" t="s">
         <v>1021</v>
       </c>
-      <c r="C454" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G454" s="4" t="s">
-        <v>348</v>
+        <v>605</v>
       </c>
       <c r="H454" s="4"/>
     </row>
     <row r="455">
       <c r="A455" s="4">
-        <v>100136</v>
+        <v>100113</v>
       </c>
       <c r="B455" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C455" s="4" t="s">
-        <v>32</v>
+        <v>348</v>
       </c>
       <c r="D455" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="E455" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="F455" s="4" t="s">
         <v>1023</v>
       </c>
       <c r="G455" s="4" t="s">
-        <v>32</v>
+        <v>348</v>
       </c>
       <c r="H455" s="4"/>
     </row>
     <row r="456">
       <c r="A456" s="4">
-        <v>100069</v>
+        <v>100136</v>
       </c>
       <c r="B456" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C456" s="4" t="s">
-        <v>253</v>
+        <v>32</v>
       </c>
       <c r="D456" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="E456" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="F456" s="4" t="s">
         <v>1024</v>
       </c>
       <c r="G456" s="4" t="s">
-        <v>253</v>
+        <v>32</v>
       </c>
       <c r="H456" s="4"/>
     </row>
     <row r="457">
       <c r="A457" s="4">
-        <v>100206</v>
+        <v>100069</v>
       </c>
       <c r="B457" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C457" s="4" t="s">
-        <v>360</v>
+        <v>253</v>
       </c>
       <c r="D457" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="E457" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="F457" s="4" t="s">
         <v>1025</v>
       </c>
       <c r="G457" s="4" t="s">
-        <v>360</v>
+        <v>253</v>
       </c>
       <c r="H457" s="4"/>
     </row>
     <row r="458">
       <c r="A458" s="4">
-        <v>100207</v>
+        <v>100206</v>
       </c>
       <c r="B458" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C458" s="4" t="s">
-        <v>320</v>
+        <v>360</v>
       </c>
       <c r="D458" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="E458" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="F458" s="4" t="s">
         <v>1026</v>
       </c>
       <c r="G458" s="4" t="s">
-        <v>320</v>
+        <v>360</v>
       </c>
       <c r="H458" s="4"/>
     </row>
     <row r="459">
       <c r="A459" s="4">
-        <v>100208</v>
+        <v>100207</v>
       </c>
       <c r="B459" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C459" s="4" t="s">
-        <v>251</v>
+        <v>320</v>
       </c>
       <c r="D459" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="E459" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="F459" s="4" t="s">
         <v>1027</v>
       </c>
       <c r="G459" s="4" t="s">
-        <v>251</v>
+        <v>320</v>
       </c>
       <c r="H459" s="4"/>
     </row>
     <row r="460">
       <c r="A460" s="4">
-        <v>100209</v>
+        <v>100208</v>
       </c>
       <c r="B460" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C460" s="4" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="D460" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="E460" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="F460" s="4" t="s">
         <v>1028</v>
       </c>
       <c r="G460" s="4" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="H460" s="4"/>
     </row>
     <row r="461">
       <c r="A461" s="4">
-        <v>100210</v>
+        <v>100209</v>
       </c>
       <c r="B461" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C461" s="4" t="s">
-        <v>24</v>
+        <v>247</v>
       </c>
       <c r="D461" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="E461" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="F461" s="4" t="s">
         <v>1029</v>
       </c>
       <c r="G461" s="4" t="s">
-        <v>24</v>
+        <v>247</v>
       </c>
       <c r="H461" s="4"/>
     </row>
     <row r="462">
       <c r="A462" s="4">
-        <v>100211</v>
+        <v>100210</v>
       </c>
       <c r="B462" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C462" s="4" t="s">
-        <v>363</v>
+        <v>24</v>
       </c>
       <c r="D462" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="E462" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="F462" s="4" t="s">
         <v>1030</v>
       </c>
       <c r="G462" s="4" t="s">
-        <v>363</v>
+        <v>24</v>
       </c>
       <c r="H462" s="4"/>
     </row>
     <row r="463">
       <c r="A463" s="4">
-        <v>100212</v>
+        <v>100211</v>
       </c>
       <c r="B463" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C463" s="4" t="s">
-        <v>331</v>
+        <v>363</v>
       </c>
       <c r="D463" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="E463" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="F463" s="4" t="s">
         <v>1031</v>
       </c>
       <c r="G463" s="4" t="s">
-        <v>331</v>
+        <v>363</v>
       </c>
       <c r="H463" s="4"/>
     </row>
     <row r="464">
       <c r="A464" s="4">
-        <v>100213</v>
+        <v>100212</v>
       </c>
       <c r="B464" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C464" s="4" t="s">
-        <v>228</v>
+        <v>331</v>
       </c>
       <c r="D464" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="E464" s="4" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="F464" s="4" t="s">
         <v>1032</v>
       </c>
       <c r="G464" s="4" t="s">
-        <v>228</v>
+        <v>331</v>
       </c>
       <c r="H464" s="4"/>
     </row>
     <row r="465">
       <c r="A465" s="4">
-        <v>101503</v>
+        <v>100213</v>
       </c>
       <c r="B465" s="4" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C465" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="D465" s="4" t="s">
+        <v>1022</v>
+      </c>
+      <c r="E465" s="4" t="s">
+        <v>1022</v>
+      </c>
+      <c r="F465" s="4" t="s">
         <v>1033</v>
       </c>
-      <c r="C465" s="4" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="G465" s="4" t="s">
-        <v>613</v>
+        <v>228</v>
       </c>
       <c r="H465" s="4"/>
     </row>
     <row r="466">
       <c r="A466" s="4">
-        <v>100404</v>
+        <v>101503</v>
       </c>
       <c r="B466" s="4" t="s">
         <v>1034</v>
       </c>
       <c r="C466" s="4" t="s">
-        <v>1035</v>
+        <v>613</v>
       </c>
       <c r="D466" s="4" t="s">
-        <v>1036</v>
+        <v>1034</v>
       </c>
       <c r="E466" s="4"/>
       <c r="F466" s="4" t="s">
+        <v>612</v>
+      </c>
+      <c r="G466" s="4" t="s">
+        <v>613</v>
+      </c>
+      <c r="H466" s="4"/>
+    </row>
+    <row r="467">
+      <c r="A467" s="4">
+        <v>100404</v>
+      </c>
+      <c r="B467" s="4" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C467" s="4" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D467" s="4" t="s">
         <v>1037</v>
       </c>
-      <c r="G466" s="4" t="s">
-[...2 lines deleted...]
-      <c r="H466" s="4"/>
+      <c r="E467" s="4"/>
+      <c r="F467" s="4" t="s">
+        <v>1038</v>
+      </c>
+      <c r="G467" s="4" t="s">
+        <v>1036</v>
+      </c>
+      <c r="H467" s="4"/>
     </row>
   </sheetData>
   <pageSetup usePrinterDefaults="0"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>FlexCel Studio for .NET</Application>
   <DocSecurity>0</DocSecurity>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr>Lab Sample Preparation Method</vt:lpstr>
     </vt:vector>